--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -77,87 +77,87 @@
   <si>
     <t>Karpyn Oleh Romanovych</t>
   </si>
   <si>
     <t>Kents-Berezyuk Ivanna Mykhaylivna</t>
   </si>
   <si>
     <t>Kisak Andriy Ihorovych</t>
   </si>
   <si>
     <t>Kiselychnyk Mykhaylo Mykolayovych</t>
   </si>
   <si>
     <t>Matolych Taras Bohdanovych</t>
   </si>
   <si>
     <t>Mytsko Myroslav Ivanovych</t>
   </si>
   <si>
     <t>Nakonechnyy Yuriy Osypovych</t>
   </si>
   <si>
     <t>Ostapchuk Andriy Yuriyovych</t>
   </si>
   <si>
+    <t>Prystay Ruslan Stepanovych</t>
+  </si>
+  <si>
+    <t>Sazonova Vira Mykhaylivna</t>
+  </si>
+  <si>
     <t>Senkiv Mykola Vasylovych</t>
   </si>
   <si>
-    <t>Prystay Ruslan Stepanovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Starodub Anatoliy Heorhiyovych</t>
   </si>
   <si>
     <t>Stasyk Ihor Stepanovych</t>
   </si>
   <si>
     <t>Stepanovna Andriy Fedorovych</t>
   </si>
   <si>
     <t>Tymchyshak Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Tsekhmeyster Ruslan Kostyantynovych</t>
   </si>
   <si>
+    <t>Yavorskyy Yuriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Malashchak Mykhaylo Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Ponomarenko Nataliya Anatoliyivna</t>
+  </si>
+  <si>
+    <t>Savchenko Olena Hryhorivna</t>
+  </si>
+  <si>
     <t>Kulchynskyy Andriy Bohdanovych</t>
-  </si>
-[...10 lines deleted...]
-    <t>Savchenko Olena Hryhorivna</t>
   </si>
   <si>
     <t>10.11.20  10:43:01</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>10.11.20  10:44:56</t>
   </si>
   <si>
     <t>1019Про внесення змін до показників бюджету міста Трускавця на 2020 рік</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
@@ -514,52 +514,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="34"/>
-    <col min="35" max="35" width="27"/>
+    <col min="34" max="34" width="27"/>
+    <col min="35" max="35" width="31"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -719,57 +719,57 @@
       <c r="W2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>40</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>36</v>
       </c>
       <c r="E3" t="s">
         <v>37</v>
       </c>
       <c r="F3">
@@ -826,57 +826,57 @@
       <c r="W3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>1020Про зменшення статутного капіталу КОМУНАЛЬНОГО НЕКОМЕРЦІЙНОГО ПІДПРИЄМСТВА «ТРУСКАВЕЦЬКА МІСЬКА ЛІКАРНЯ» ТРУСКАВЕЦЬКОЇ МІСЬКОЇ РАДИ і затвердження Статуту підприємства у новій редакції</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>36</v>
       </c>
       <c r="E4" t="s">
         <v>37</v>
@@ -935,57 +935,57 @@
       <c r="W4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>1021Про внесення змін до міської цільової Програми захисту населення і території від надзвичайних ситуацій техногенного та природнього характеру на 2020 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>36</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
@@ -1044,57 +1044,57 @@
       <c r="W5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>1022Про надання дозволу КНП «Трускавецька міська лікарня» на передачу в оренду частини нежитлового приміщення по вул. Данилишиних,62 у м. Трускавці</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>36</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
@@ -1153,57 +1153,57 @@
       <c r="W6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="s" s="4">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>36</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
       <c r="F7">
@@ -1260,57 +1260,57 @@
       <c r="W7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s" s="4">
         <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>50</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8">
@@ -1367,57 +1367,57 @@
       <c r="W8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="s" s="4">
         <v>52</v>
       </c>
       <c r="D9" t="s">
         <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>37</v>
       </c>
       <c r="F9">
@@ -1474,57 +1474,57 @@
       <c r="W9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="s" s="4">
         <v>55</v>
       </c>
       <c r="D10" t="s">
         <v>36</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="F10">
@@ -1581,57 +1581,57 @@
       <c r="W10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>1027Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Шибі М.М.</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
@@ -1666,81 +1666,81 @@
       <c r="O11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>1028Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Кебус М.В.</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
@@ -1775,81 +1775,81 @@
       <c r="O12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE12" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>58</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>1029Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Перченко Р. В.</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
@@ -1884,81 +1884,81 @@
       <c r="O13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>1030Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,1га по вул. Помірецькій Козінському Д.О.</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>60</v>
@@ -2017,57 +2017,57 @@
       <c r="W14" t="s" s="5">
         <v>42</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AE14" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AF14" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AG14" t="s" s="5">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>61</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>1031Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,01га по вул. Помірецькій Сенюті І.О.</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>60</v>
@@ -2102,81 +2102,81 @@
       <c r="O15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE15" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AF15" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AG15" t="s" s="5">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>61</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>63</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>1032Про надання дозволу на виготовлення документації із землеустрою по поділу земельної ділянки по вул. Івасюка,9 площею 0,1266 га Лозі М.М.</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>36</v>
       </c>
       <c r="E16" t="s">
         <v>60</v>
@@ -2235,63 +2235,63 @@
       <c r="W16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>64</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AI16" t="s" s="5">
-        <v>61</v>
+        <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>65</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>1033Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0165 га по вул. Ярослава Мудрого, 9 Мотовиляку А.Р., Мотовиляк З.</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>36</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="F17">
         <v>17</v>
       </c>
       <c r="G17">
         <v>0</v>
@@ -2344,57 +2344,57 @@
       <c r="W17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>66</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>1034Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) площею 0,80 га по вул. Мазепи, 9 ГБОК</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>36</v>
       </c>
       <c r="E18" t="s">
         <v>37</v>
@@ -2453,57 +2453,57 @@
       <c r="W18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>67</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>1035Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення меж земельної ділянки в натурі на місцевості площею 0,2340га по вул. Героїв УПА,11 АТ</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>36</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
@@ -2538,84 +2538,84 @@
       <c r="O19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="AH19" t="s" s="5">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>68</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>1036Про відмову в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по вул. Помірецькій для будівництва та обслуговування житлового будинку, господарських</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>36</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
       <c r="F20">
         <v>17</v>
@@ -2671,57 +2671,57 @@
       <c r="W20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE20" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>69</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>1037Про відмову в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по вул. Помірецькій для будівництва та обслуговування житлового будинку, господарських</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>36</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
@@ -2780,57 +2780,57 @@
       <c r="W21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>70</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>1038Про відмову в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по вул. Помірецькій для будівництва та обслуговування житлового будинку, господарських</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>36</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
@@ -2889,57 +2889,57 @@
       <c r="W22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>71</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>1039Про відмову Коростенському Б.С. в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки площею 0,1200га за рахунок земель Станильської сільської ради</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>36</v>
       </c>
       <c r="E23" t="s">
         <v>37</v>
@@ -2998,57 +2998,57 @@
       <c r="W23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG23" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>72</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>1040Про відмову Петренку Р.Б.. в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки площею 0,1200га за рахунок земель Станильської сільської ради</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>36</v>
       </c>
       <c r="E24" t="s">
         <v>37</v>
@@ -3107,57 +3107,57 @@
       <c r="W24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG24" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>73</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>1041Про відмову Дуб М.К. в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки площею 0,08га за рахунок земель Станильської сільської ради</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>36</v>
       </c>
       <c r="E25" t="s">
         <v>37</v>
@@ -3216,57 +3216,57 @@
       <c r="W25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG25" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>74</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>1042Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. І.Франка,1 ТзОВ «Господар»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>36</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
@@ -3301,81 +3301,81 @@
       <c r="O26" t="s" s="5">
         <v>64</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>61</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>42</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>61</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>64</v>
       </c>
       <c r="W26" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X26" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y26" t="s" s="5">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE26" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AF26" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AG26" t="s" s="5">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>61</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>75</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>1043Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) по вул.Грушевського,25 та надання земельної ділянки у</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>36</v>
       </c>
       <c r="E27" t="s">
         <v>37</v>
@@ -3434,57 +3434,57 @@
       <c r="W27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>76</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>1044Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Мазепи Антонів Р.В.</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>36</v>
       </c>
       <c r="E28" t="s">
         <v>37</v>
@@ -3543,57 +3543,57 @@
       <c r="W28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>77</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>1045Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Мазепи Стасів С.В.</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>36</v>
       </c>
       <c r="E29" t="s">
         <v>37</v>
@@ -3652,57 +3652,57 @@
       <c r="W29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>78</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>1046Про затвердження проекту з землеустрою щодо відведення земельної ділянки по вул. Мазепи площею 0,0316га. для продажу у власність на земельних торгах (аукціоні)</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>36</v>
       </c>
       <c r="E30" t="s">
         <v>37</v>
@@ -3761,57 +3761,57 @@
       <c r="W30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>79</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>1047Про затвердження експертної грошової оцінки земельної ділянки площею 0,0316га на вул. Мазепи в м. Трускавці та продаж земельної ділянки на земельних торгах.</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>36</v>
       </c>
       <c r="E31" t="s">
         <v>37</v>
@@ -3870,57 +3870,57 @@
       <c r="W31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE31" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>80</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>1048Про затвердження проекту з землеустрою щодо відведення земельної ділянки по вул. Мазепи площею 0,0300 га для продажу у власність на земельних торгах (аукціоні)</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>36</v>
       </c>
       <c r="E32" t="s">
         <v>37</v>
@@ -3979,57 +3979,57 @@
       <c r="W32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE32" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>81</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>1049Про затвердження експертної грошової оцінки земельної ділянки площею 0,0300га на вул. Мазепи в м. Трускавці та продаж земельної ділянки на земельних торгах.</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>36</v>
       </c>
       <c r="E33" t="s">
         <v>37</v>
@@ -4088,57 +4088,57 @@
       <c r="W33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>82</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>1050Про затвердження проекту землеустрою щодо відведення земельної ділянки Семеновій Ользі Миколаївні</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>36</v>
       </c>
       <c r="E34" t="s">
         <v>37</v>
@@ -4197,57 +4197,57 @@
       <c r="W34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>83</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>1051Про надання у власність земельної ділянки по вул. Грушевського площею 0,006 Семеновій Ользі Миколаївні</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>36</v>
       </c>
       <c r="E35" t="s">
         <v>37</v>
@@ -4282,81 +4282,81 @@
       <c r="O35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE35" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>84</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>1052Про припинення права постійного користування земельною ділянкою площею 0,0682 га по вул. І.Мазепи, 33 ТзОВ «Гал-Гурт»</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>36</v>
       </c>
       <c r="E36" t="s">
         <v>37</v>
@@ -4415,57 +4415,57 @@
       <c r="W36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE36" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG36" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>85</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>1053Про надання земельної ділянки площею 0,0682 га по вул. І.Мазепи, 33 у користування на умовах оренди ТзОВ «Гал-Гурт»</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>36</v>
       </c>
       <c r="E37" t="s">
         <v>37</v>
@@ -4524,57 +4524,57 @@
       <c r="W37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE37" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG37" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>86</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>1054Про розірвання договору оренди землі та права користування земельною ділянкою площею 0,1384 га по вул.Суховоля,3 ПрАТ «Трускавецькурорт»</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>36</v>
       </c>
       <c r="E38" t="s">
         <v>37</v>
@@ -4633,57 +4633,57 @@
       <c r="W38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE38" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>87</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>1055Про надання земельної ділянки площею 0,1384 га по вул. Суховоля,3 у користування на умовах оренди ТзОВ «ВВ ПРОЕКТБУД»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>36</v>
       </c>
       <c r="E39" t="s">
         <v>37</v>
@@ -4742,57 +4742,57 @@
       <c r="W39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>88</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>1056Про надання земельної ділянки площею 0,0023 га по вул. Бориславська, 39а-6 Соболь Катерині Олегівні</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>36</v>
       </c>
       <c r="E40" t="s">
         <v>37</v>
@@ -4851,63 +4851,63 @@
       <c r="W40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH40" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AI40" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>89</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>1057Про відмову в затвердженні проекту із землеустрою щодо відведення земельної ділянки площею 0,1га по вул. Помірецькій Сенюті І.О.</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>36</v>
       </c>
       <c r="E41" t="s">
         <v>37</v>
       </c>
       <c r="F41">
         <v>15</v>
       </c>
       <c r="G41">
         <v>0</v>
@@ -4960,57 +4960,57 @@
       <c r="W41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE41" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>90</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>1058Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул.Шевченка,28</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>36</v>
       </c>
       <c r="E42" t="s">
         <v>37</v>
@@ -5069,57 +5069,57 @@
       <c r="W42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE42" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>91</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>1059Про розірвання договору оренди землі та припинення права оренди по вул.Шевченка, 28 ТзОВ «Трускавець Апартмент»</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>36</v>
       </c>
       <c r="E43" t="s">
         <v>37</v>
@@ -5178,57 +5178,57 @@
       <c r="W43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE43" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>92</v>
       </c>
       <c r="C44" t="s" s="4">
         <v>93</v>
       </c>
       <c r="D44" t="s">
         <v>36</v>
       </c>
       <c r="E44" t="s">
         <v>37</v>
       </c>
       <c r="F44">
@@ -5285,57 +5285,57 @@
       <c r="W44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>94</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>1061Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул.Шевченка,30</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>36</v>
       </c>
       <c r="E45" t="s">
         <v>37</v>
@@ -5394,57 +5394,57 @@
       <c r="W45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE45" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>95</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
           <t>1062Про розірвання договору оренди землі та припинення права оренди по вул.Шевченка, 30 ТзОВ «Трускавець Апартмент»</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>36</v>
       </c>
       <c r="E46" t="s">
         <v>37</v>
@@ -5503,57 +5503,57 @@
       <c r="W46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE46" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG46" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI46" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>96</v>
       </c>
       <c r="C47" t="s" s="4">
         <v>97</v>
       </c>
       <c r="D47" t="s">
         <v>36</v>
       </c>
       <c r="E47" t="s">
         <v>37</v>
       </c>
       <c r="F47">
@@ -5610,57 +5610,57 @@
       <c r="W47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE47" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG47" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI47" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>98</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>1064Про розірвання договору оренди землі та права користування земельною ділянкою площею 0,2 га по вул.Помірецькій Рибачук Л.Й. та Нагірській Г.С.</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>36</v>
       </c>
       <c r="E48" t="s">
         <v>37</v>
@@ -5695,81 +5695,81 @@
       <c r="O48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE48" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG48" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>99</v>
       </c>
       <c r="C49" t="s" s="4">
         <v>100</v>
       </c>
       <c r="D49" t="s">
         <v>36</v>
       </c>
       <c r="E49" t="s">
         <v>37</v>
       </c>
       <c r="F49">
@@ -5802,84 +5802,84 @@
       <c r="O49" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE49" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG49" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="AH49" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>101</v>
       </c>
       <c r="C50" t="s" s="4">
         <v>102</v>
       </c>
       <c r="D50" t="s">
         <v>36</v>
       </c>
       <c r="E50" t="s">
         <v>37</v>
       </c>
       <c r="F50">
         <v>18</v>
       </c>
       <c r="G50">
@@ -5933,57 +5933,57 @@
       <c r="W50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE50" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG50" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>1067Про поновлення договору оренди землі площею 0,0075 га по вул. Різняка-Макомацького, 22 ТзОВ «Зодіак ЛТД»</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>36</v>
       </c>
       <c r="E51" t="s">
         <v>37</v>
@@ -6042,57 +6042,57 @@
       <c r="W51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE51" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG51" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>1068Про поновлення договору оренди землі площею 0,0071 га по вул. Різняка-Макомацького, 22 ТзОВ «Зодіак ЛТД»</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>36</v>
       </c>
       <c r="E52" t="s">
         <v>37</v>
@@ -6151,57 +6151,57 @@
       <c r="W52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE52" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG52" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>105</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
           <t>1069Про поновлення договору оренди землі площею 0,0249 га по вул. Івасюка, 3а приватному підприємству «Аморанта»</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>36</v>
       </c>
       <c r="E53" t="s">
         <v>37</v>
@@ -6260,57 +6260,57 @@
       <c r="W53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE53" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG53" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>106</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>1070Про поновлення договору оренди землі площею 0,2281га по вул. Данила Галицького Гарванко С.В.</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>36</v>
       </c>
       <c r="E54" t="s">
         <v>37</v>
@@ -6369,57 +6369,57 @@
       <c r="W54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE54" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG54" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>107</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
           <t>1071Про поновлення договору оренди землі площею 0,024 га по вул. Суховоля, 5 ТзОВ «Київські телекомунікаційні мережі»</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>36</v>
       </c>
       <c r="E55" t="s">
         <v>37</v>
@@ -6478,57 +6478,57 @@
       <c r="W55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE55" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG55" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>108</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
           <t>1072Про поновлення договору оренди землі площею 0,0288 га по вул. Суховоля 19-19а ТзОВ «Агроомега ЛТД та Садовському В.А.</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>36</v>
       </c>
       <c r="E56" t="s">
         <v>37</v>
@@ -6587,57 +6587,57 @@
       <c r="W56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE56" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG56" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI56" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>109</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
           <t>1073Про укладення на новий термін договору оренди землі площею 2,5394 га по вул. Помірецькій ТзОВ «Міжнародна клініка відновного лікування»</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>36</v>
       </c>
       <c r="E57" t="s">
         <v>37</v>
@@ -6696,57 +6696,57 @@
       <c r="W57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE57" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG57" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI57" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>110</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
           <t>1074Про укладення на новий термін договору оренди землі площею 0, 030 га по вул. Стебницькій Фенчину Степану Васильовичу</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>36</v>
       </c>
       <c r="E58" t="s">
         <v>37</v>
@@ -6805,57 +6805,57 @@
       <c r="W58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE58" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG58" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>111</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>1075Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Бойківській</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>36</v>
       </c>
       <c r="E59" t="s">
         <v>60</v>
@@ -6890,84 +6890,84 @@
       <c r="O59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W59" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X59" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE59" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG59" t="s" s="5">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="AH59" t="s" s="5">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="AI59" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>112</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
           <t>1076Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Довженка</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>36</v>
       </c>
       <c r="E60" t="s">
         <v>60</v>
       </c>
       <c r="F60">
         <v>11</v>
@@ -6999,81 +6999,81 @@
       <c r="O60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>42</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W60" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X60" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AE60" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG60" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>113</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
           <t>1077Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Стебницькій</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>36</v>
       </c>
       <c r="E61" t="s">
         <v>60</v>
@@ -7108,81 +7108,81 @@
       <c r="O61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R61" t="s" s="5">
         <v>42</v>
       </c>
       <c r="S61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W61" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X61" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AE61" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG61" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>114</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
           <t>1078Про дозвіл на виготовлення експертної грошової оцінки земельної ділянки площею 0,0150 га по вул. Шевченка, 32-А Гантцше Галині Степанівні</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>36</v>
       </c>
       <c r="E62" t="s">
         <v>60</v>
@@ -7217,84 +7217,84 @@
       <c r="O62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U62" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W62" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X62" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Y62" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Z62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE62" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG62" t="s" s="5">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="AH62" t="s" s="5">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="AI62" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>115</v>
       </c>
       <c r="C63" t="s" s="4">
         <v>116</v>
       </c>
       <c r="D63" t="s">
         <v>36</v>
       </c>
       <c r="E63" t="s">
         <v>37</v>
       </c>
       <c r="F63">
         <v>16</v>
       </c>
       <c r="G63">
@@ -7348,57 +7348,57 @@
       <c r="W63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE63" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG63" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>117</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
           <t>1080Про продаж земельної ділянки площею 0,0669 га на бульварі Ю.Дрогобича, 1 Бабаджанову Рафаелю</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>36</v>
       </c>
       <c r="E64" t="s">
         <v>37</v>
@@ -7457,57 +7457,57 @@
       <c r="W64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE64" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG64" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI64" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>118</v>
       </c>
       <c r="C65" t="inlineStr" s="4">
         <is>
           <t>1081Про продаж земельної ділянки площею 0,0952 га по вул. Стебницькій, 65-Б Лагдану Ю.О., Бику Ю.І.</t>
         </is>
       </c>
       <c r="D65" t="s">
         <v>36</v>
       </c>
       <c r="E65" t="s">
         <v>37</v>
@@ -7542,84 +7542,84 @@
       <c r="O65" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W65" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X65" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE65" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG65" t="s" s="5">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="AH65" t="s" s="5">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>119</v>
       </c>
       <c r="C66" t="s" s="4">
         <v>120</v>
       </c>
       <c r="D66" t="s">
         <v>36</v>
       </c>
       <c r="E66" t="s">
         <v>60</v>
       </c>
       <c r="F66">
         <v>2</v>
       </c>
       <c r="G66">
@@ -7649,87 +7649,87 @@
       <c r="O66" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R66" t="s" s="5">
         <v>42</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U66" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V66" t="s" s="5">
         <v>61</v>
       </c>
       <c r="W66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y66" t="s" s="5">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="Z66" t="s" s="5">
         <v>61</v>
       </c>
       <c r="AA66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD66" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE66" t="s" s="5">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="AF66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG66" t="s" s="5">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="AH66" t="s" s="5">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="AI66" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>121</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
           <t>1083Про внесення змін в пункт 5.1рішення Трускавецької міської ради №598 від17.09.2010р. «Про вилучення земельних ділянок та надання дозволу на виготовлення проектів відведення земельних ділянок та</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>36</v>
       </c>
       <c r="E67" t="s">
         <v>37</v>
       </c>
       <c r="F67">
         <v>16</v>
       </c>
       <c r="G67">
         <v>0</v>
@@ -7782,57 +7782,57 @@
       <c r="W67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE67" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG67" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI67" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>122</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
           <t>1084Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Бойківській</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>36</v>
       </c>
       <c r="E68" t="s">
         <v>37</v>
@@ -7867,87 +7867,87 @@
       <c r="O68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W68" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X68" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE68" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG68" t="s" s="5">
-        <v>38</v>
+        <v>61</v>
       </c>
       <c r="AH68" t="s" s="5">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="AI68" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>123</v>
       </c>
       <c r="C69" t="inlineStr" s="4">
         <is>
           <t>1085Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Довженка</t>
         </is>
       </c>
       <c r="D69" t="s">
         <v>36</v>
       </c>
       <c r="E69" t="s">
         <v>60</v>
       </c>
       <c r="F69">
         <v>12</v>
       </c>
       <c r="G69">
         <v>0</v>
@@ -7976,81 +7976,81 @@
       <c r="O69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P69" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W69" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X69" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD69" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE69" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG69" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI69" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>124</v>
       </c>
       <c r="C70" t="inlineStr" s="4">
         <is>
           <t>1086Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Стебницькій</t>
         </is>
       </c>
       <c r="D70" t="s">
         <v>36</v>
       </c>
       <c r="E70" t="s">
         <v>37</v>
@@ -8085,81 +8085,81 @@
       <c r="O70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W70" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X70" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE70" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG70" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI70" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>125</v>
       </c>
       <c r="C71" t="inlineStr" s="4">
         <is>
           <t>1087Про затвердження містобудівної документації «Детальний план території земельної ділянки за адресою вул.Воробкевича,б/н у м.Трускавці»</t>
         </is>
       </c>
       <c r="D71" t="s">
         <v>36</v>
       </c>
       <c r="E71" t="s">
         <v>60</v>
@@ -8194,81 +8194,81 @@
       <c r="O71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P71" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W71" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X71" t="s" s="5">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="Y71" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD71" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE71" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG71" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI71" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>126</v>
       </c>
       <c r="C72" t="inlineStr" s="4">
         <is>
           <t>1088Про затвердження містобудівної документації «Детальний план території земельної ділянки за адресою вул.Воробкевича,б/н у м.Трускавці»</t>
         </is>
       </c>
       <c r="D72" t="s">
         <v>36</v>
       </c>
       <c r="E72" t="s">
         <v>37</v>
@@ -8327,57 +8327,57 @@
       <c r="W72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE72" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG72" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI72" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>127</v>
       </c>
       <c r="C73" t="inlineStr" s="4">
         <is>
           <t>1089Про затвердження містобудівної документації «Детальний план території для будівництва санаторно-оздоровчого комплексу на земельній ділянці (кадастровий номер 4611500000:01:011:0052) розташованій</t>
         </is>
       </c>
       <c r="D73" t="s">
         <v>36</v>
       </c>
       <c r="E73" t="s">
         <v>37</v>
@@ -8412,81 +8412,81 @@
       <c r="O73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>61</v>
       </c>
       <c r="W73" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X73" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE73" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG73" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI73" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>128</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
           <t>1090Про затвердження програми «Розробка схем планування та забудови територій (містобудівна документація)»</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>36</v>
       </c>
       <c r="E74" t="s">
         <v>60</v>
@@ -8521,81 +8521,81 @@
       <c r="O74" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P74" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R74" t="s" s="5">
         <v>61</v>
       </c>
       <c r="S74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V74" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W74" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X74" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y74" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z74" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA74" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD74" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE74" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG74" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH74" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI74" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>129</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
           <t>1091Про затвердження програми «Розробка схем планування та забудови територій (містобудівна документація)»</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>36</v>
       </c>
       <c r="E75" t="s">
         <v>60</v>
@@ -8630,81 +8630,81 @@
       <c r="O75" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P75" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R75" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V75" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W75" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X75" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y75" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z75" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA75" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD75" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE75" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG75" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH75" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI75" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>130</v>
       </c>
       <c r="C76" t="inlineStr" s="4">
         <is>
           <t>1092Про звернення до Верховної Ради України щодо збереження об`єктів культурної спадщини</t>
         </is>
       </c>
       <c r="D76" t="s">
         <v>36</v>
       </c>
       <c r="E76" t="s">
         <v>37</v>
@@ -8763,57 +8763,57 @@
       <c r="W76" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X76" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y76" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z76" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA76" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD76" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE76" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG76" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH76" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI76" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>131</v>
       </c>
       <c r="C77" t="inlineStr" s="4">
         <is>
           <t>1093Про звернення депутатів Трускавецької міської ради до Кабінету Міністрів України щодо необхідності скерувати пацієнтів після перенесеної хвороби COVID-19 на санатарно- курортне лікування</t>
         </is>
       </c>
       <c r="D77" t="s">
         <v>36</v>
       </c>
       <c r="E77" t="s">
         <v>37</v>
@@ -8848,81 +8848,81 @@
       <c r="O77" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P77" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R77" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V77" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W77" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X77" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y77" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z77" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA77" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD77" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE77" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG77" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH77" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI77" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>132</v>
       </c>
       <c r="C78" t="inlineStr" s="4">
         <is>
           <t>1094Про звернення депутатів Трускавецької міської ради щодо підтримки проектів Законів України №№ 3853-1, 3853-2, 3993</t>
         </is>
       </c>
       <c r="D78" t="s">
         <v>36</v>
       </c>
       <c r="E78" t="s">
         <v>37</v>
@@ -8981,57 +8981,57 @@
       <c r="W78" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X78" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y78" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z78" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA78" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD78" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE78" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF78" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG78" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH78" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI78" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>133</v>
       </c>
       <c r="C79" t="inlineStr" s="4">
         <is>
           <t>1095Про звернення депутатів Трускавецької міської ради до Кабінету Міністрів України щодо підвищення тарифу на природний газ</t>
         </is>
       </c>
       <c r="D79" t="s">
         <v>36</v>
       </c>
       <c r="E79" t="s">
         <v>37</v>
@@ -9066,81 +9066,81 @@
       <c r="O79" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P79" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R79" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V79" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W79" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X79" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y79" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z79" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA79" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD79" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE79" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF79" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG79" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH79" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI79" t="s" s="5">
         <v>39</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>