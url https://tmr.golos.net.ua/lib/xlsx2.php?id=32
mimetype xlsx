--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -77,87 +77,87 @@
   <si>
     <t>Karpyn Oleh Romanovych</t>
   </si>
   <si>
     <t>Kents-Berezyuk Ivanna Mykhaylivna</t>
   </si>
   <si>
     <t>Kisak Andriy Ihorovych</t>
   </si>
   <si>
     <t>Kiselychnyk Mykhaylo Mykolayovych</t>
   </si>
   <si>
     <t>Matolych Taras Bohdanovych</t>
   </si>
   <si>
     <t>Mytsko Myroslav Ivanovych</t>
   </si>
   <si>
     <t>Nakonechnyy Yuriy Osypovych</t>
   </si>
   <si>
     <t>Ostapchuk Andriy Yuriyovych</t>
   </si>
   <si>
+    <t>Prystay Ruslan Stepanovych</t>
+  </si>
+  <si>
+    <t>Sazonova Vira Mykhaylivna</t>
+  </si>
+  <si>
     <t>Senkiv Mykola Vasylovych</t>
   </si>
   <si>
-    <t>Prystay Ruslan Stepanovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Starodub Anatoliy Heorhiyovych</t>
   </si>
   <si>
     <t>Stasyk Ihor Stepanovych</t>
   </si>
   <si>
     <t>Stepanovna Andriy Fedorovych</t>
   </si>
   <si>
     <t>Tymchyshak Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Tsekhmeyster Ruslan Kostyantynovych</t>
   </si>
   <si>
+    <t>Yavorskyy Yuriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Malashchak Mykhaylo Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Ponomarenko Nataliya Anatoliyivna</t>
+  </si>
+  <si>
+    <t>Savchenko Olena Hryhorivna</t>
+  </si>
+  <si>
     <t>Kulchynskyy Andriy Bohdanovych</t>
-  </si>
-[...10 lines deleted...]
-    <t>Savchenko Olena Hryhorivna</t>
   </si>
   <si>
     <t>27.08.20  10:33:50</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>27.08.20  10:36:22</t>
   </si>
   <si>
     <t>27.08.20  10:46:04</t>
   </si>
@@ -454,52 +454,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="34"/>
-    <col min="35" max="35" width="27"/>
+    <col min="34" max="34" width="27"/>
+    <col min="35" max="35" width="31"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -659,54 +659,54 @@
       <c r="W2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>925Про створення комунальної установи «Центр професійного розвитку педагогічних працівників» Трускавецької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>36</v>
@@ -768,54 +768,54 @@
       <c r="W3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>926Про надання пільги з орендної плати за об’єкти майна комунальної власності територіальної громади міста Трускавця, які орендують в КП «Парк Курортний»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>43</v>
@@ -877,54 +877,54 @@
       <c r="W4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="s" s="4">
         <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
@@ -984,54 +984,54 @@
       <c r="W5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>928Про надання пільги з орендної плати за об’єкти майна комунальної власності територіальної громади міста Трускавця, які орендують в КП «Парк Курортний»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>36</v>
@@ -1093,57 +1093,57 @@
       <c r="W6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>929Про внесення змін до рішення міської ради №1691 від 14.04.2020р. «Про затвердження міської цільової Програми із забезпечення діяльності ТзОВ «Трускавецький водоканал» на 2020 рік»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>36</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
@@ -1202,60 +1202,60 @@
       <c r="W7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AF7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG7" t="s" s="5">
         <v>48</v>
       </c>
-      <c r="AG7" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AH7" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>50</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>930Про надання дозволу на виготовлення документації із землеустрою по поділу земельної ділянки по вул. Івасюка,9 площею 0,1266 га Лозі М.М.</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>36</v>
       </c>
       <c r="E8" t="s">
         <v>51</v>
       </c>
       <c r="F8">
         <v>10</v>
@@ -1287,84 +1287,84 @@
       <c r="O8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AF8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG8" t="s" s="5">
         <v>48</v>
       </c>
-      <c r="AG8" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AH8" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>931Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,1га по вул. Помірецькій Козінському Д.О.</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>36</v>
       </c>
       <c r="E9" t="s">
         <v>51</v>
       </c>
       <c r="F9">
         <v>5</v>
@@ -1396,78 +1396,78 @@
       <c r="O9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W9" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="X9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y9" t="s" s="5">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AF9" t="s" s="5">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>54</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>932Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,001га по вул. Помірецькій Сенюті І.О.</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>36</v>
@@ -1508,78 +1508,78 @@
       <c r="P10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AF10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG10" t="s" s="5">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>55</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>933Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Об’єднанню співвласників багатоквартирного будинку «Відродження-77» по вул. Стебницькій,66</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
@@ -1617,54 +1617,54 @@
       <c r="P11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>40</v>
       </c>
@@ -1726,54 +1726,54 @@
       <c r="P12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>40</v>
       </c>
@@ -1835,54 +1835,54 @@
       <c r="P13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>40</v>
       </c>
@@ -1939,87 +1939,87 @@
       <c r="O14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y14" t="s" s="5">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AF14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI14" t="s" s="5">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>60</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>937Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Об’єднанню співвласників багатоквартирного будинку «Центральне-2017» по вул. Івасюка,1</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>51</v>
       </c>
       <c r="F15">
         <v>13</v>
       </c>
       <c r="G15">
         <v>0</v>
@@ -2051,54 +2051,54 @@
       <c r="P15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>40</v>
       </c>
@@ -2160,54 +2160,54 @@
       <c r="P16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>40</v>
       </c>
@@ -2269,54 +2269,54 @@
       <c r="P17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>40</v>
       </c>
@@ -2378,54 +2378,54 @@
       <c r="P18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>40</v>
       </c>
@@ -2596,78 +2596,78 @@
       <c r="P20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF20" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG20" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>66</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>943Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Неміровському Р. Б.</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>36</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
@@ -4553,87 +4553,87 @@
       <c r="O38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH38" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AI38" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>961Про відмову в наданні дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,001га по вул. Помірецькій Сенюті І.О.</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>36</v>
       </c>
       <c r="E39" t="s">
         <v>51</v>
       </c>
       <c r="F39">
         <v>6</v>
       </c>
       <c r="G39">
         <v>1</v>
@@ -4665,84 +4665,84 @@
       <c r="P39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y39" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH39" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AI39" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>962Про відмову в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки з кадастровим номером 4611500000:06:003:0037 по вул. Мазепи для благоустрою</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>36</v>
       </c>
       <c r="E40" t="s">
         <v>37</v>
       </c>
       <c r="F40">
         <v>15</v>
       </c>
       <c r="G40">
         <v>0</v>
@@ -4989,84 +4989,84 @@
       <c r="O42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W42" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X42" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Y42" t="s" s="5">
         <v>48</v>
       </c>
-      <c r="X42" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG42" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AH42" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>89</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>965Про розірвання договору оренди землі та права користування земельною ділянкою площею 0,0023 га по вул.Бориславській Швець П.К.</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>36</v>
       </c>
       <c r="E43" t="s">
         <v>37</v>
       </c>
       <c r="F43">
         <v>16</v>
@@ -5421,87 +5421,87 @@
       <c r="O46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P46" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF46" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG46" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI46" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>95</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>969Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Стебницькій</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>43</v>
       </c>
       <c r="E47" t="s">
         <v>51</v>
       </c>
       <c r="F47">
         <v>5</v>
       </c>
       <c r="G47">
         <v>0</v>
@@ -5530,87 +5530,87 @@
       <c r="O47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W47" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X47" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y47" t="s" s="5">
         <v>48</v>
       </c>
-      <c r="X47" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE47" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI47" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>970Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Стебницькій</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>36</v>
       </c>
       <c r="E48" t="s">
         <v>51</v>
       </c>
       <c r="F48">
         <v>13</v>
       </c>
       <c r="G48">
         <v>0</v>
@@ -5639,84 +5639,84 @@
       <c r="O48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG48" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AH48" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>97</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>971Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Бойківській</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>36</v>
       </c>
       <c r="E49" t="s">
         <v>51</v>
       </c>
       <c r="F49">
         <v>4</v>
@@ -5748,87 +5748,87 @@
       <c r="O49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="Y49" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF49" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG49" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI49" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>98</v>
       </c>
       <c r="C50" t="s" s="4">
         <v>99</v>
       </c>
       <c r="D50" t="s">
         <v>43</v>
       </c>
       <c r="E50" t="s">
         <v>37</v>
       </c>
       <c r="F50">
         <v>14</v>
       </c>
       <c r="G50">
         <v>0</v>
       </c>
       <c r="H50">
@@ -5858,84 +5858,84 @@
       <c r="P50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH50" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AI50" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>100</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>973Пропозиція Малащака М щодо дозволу на виготовлення експертної оцінки зем діл по вул мазепи Славич К.Г.</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>46</v>
       </c>
       <c r="E51" t="s">
         <v>37</v>
       </c>
       <c r="F51">
         <v>14</v>
       </c>
       <c r="G51">
         <v>0</v>
@@ -5967,84 +5967,84 @@
       <c r="P51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y51" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH51" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AI51" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>101</v>
       </c>
       <c r="C52" t="s" s="4">
         <v>102</v>
       </c>
       <c r="D52" t="s">
         <v>36</v>
       </c>
       <c r="E52" t="s">
         <v>51</v>
       </c>
       <c r="F52">
         <v>13</v>
       </c>
       <c r="G52">
         <v>0</v>
       </c>
       <c r="H52">
@@ -6074,84 +6074,84 @@
       <c r="P52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y52" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH52" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AI52" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>103</v>
       </c>
       <c r="C53" t="s" s="4">
         <v>104</v>
       </c>
       <c r="D53" t="s">
         <v>36</v>
       </c>
       <c r="E53" t="s">
         <v>37</v>
       </c>
       <c r="F53">
         <v>14</v>
       </c>
       <c r="G53">
         <v>0</v>
       </c>
       <c r="H53">
@@ -6181,84 +6181,84 @@
       <c r="P53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH53" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AI53" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>105</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>976Про внесення змін в рішення міської ради №1840 від 23.07.2020р. «Про затвердження переліку та умов продажу земельної ділянки кадастровий номер 4611500000: 07 : 003 : 0070 право власності на яку підлягає</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>43</v>
       </c>
       <c r="E54" t="s">
         <v>37</v>
       </c>
       <c r="F54">
         <v>16</v>
       </c>
       <c r="G54">
         <v>0</v>
@@ -6751,54 +6751,54 @@
       <c r="Y58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG58" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AH58" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>111</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>981Про звернення депутатів Трускавецької міської ради до Кабінету Міністрів України щодо заборони в’їзду іноземців на територію України</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>36</v>
       </c>
       <c r="E59" t="s">
         <v>37</v>
       </c>
       <c r="F59">
         <v>14</v>
@@ -6833,54 +6833,54 @@
       <c r="P59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X59" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>40</v>
       </c>