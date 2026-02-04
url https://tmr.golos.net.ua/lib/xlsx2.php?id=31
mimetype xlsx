--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -77,87 +77,87 @@
   <si>
     <t>Karpyn Oleh Romanovych</t>
   </si>
   <si>
     <t>Kents-Berezyuk Ivanna Mykhaylivna</t>
   </si>
   <si>
     <t>Kisak Andriy Ihorovych</t>
   </si>
   <si>
     <t>Kiselychnyk Mykhaylo Mykolayovych</t>
   </si>
   <si>
     <t>Matolych Taras Bohdanovych</t>
   </si>
   <si>
     <t>Mytsko Myroslav Ivanovych</t>
   </si>
   <si>
     <t>Nakonechnyy Yuriy Osypovych</t>
   </si>
   <si>
     <t>Ostapchuk Andriy Yuriyovych</t>
   </si>
   <si>
+    <t>Prystay Ruslan Stepanovych</t>
+  </si>
+  <si>
+    <t>Sazonova Vira Mykhaylivna</t>
+  </si>
+  <si>
     <t>Senkiv Mykola Vasylovych</t>
   </si>
   <si>
-    <t>Prystay Ruslan Stepanovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Starodub Anatoliy Heorhiyovych</t>
   </si>
   <si>
     <t>Stasyk Ihor Stepanovych</t>
   </si>
   <si>
     <t>Stepanovna Andriy Fedorovych</t>
   </si>
   <si>
     <t>Tymchyshak Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Tsekhmeyster Ruslan Kostyantynovych</t>
   </si>
   <si>
+    <t>Yavorskyy Yuriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Malashchak Mykhaylo Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Ponomarenko Nataliya Anatoliyivna</t>
+  </si>
+  <si>
+    <t>Savchenko Olena Hryhorivna</t>
+  </si>
+  <si>
     <t>Kulchynskyy Andriy Bohdanovych</t>
-  </si>
-[...10 lines deleted...]
-    <t>Savchenko Olena Hryhorivna</t>
   </si>
   <si>
     <t>23.07.20  10:47:31</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>23.07.20  10:49:18</t>
   </si>
   <si>
     <t>23.07.20  10:55:14</t>
   </si>
@@ -433,52 +433,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="34"/>
-    <col min="35" max="35" width="27"/>
+    <col min="34" max="34" width="27"/>
+    <col min="35" max="35" width="31"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -638,54 +638,54 @@
       <c r="W2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>866Про надання згоди на прийняття у комунальну власність територіальної громади м.Трускавця та безоплатну передачу на баланс ТзОВ «Трускавецький водоканал» вартість капітальних вкладень</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>36</v>
@@ -747,54 +747,54 @@
       <c r="W3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>867Про затвердження звіту про виконання бюджету міста Трускавця за січень-червень 2020 року</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>36</v>
@@ -856,54 +856,54 @@
       <c r="W4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>43</v>
       </c>
       <c r="C5" t="s" s="4">
         <v>44</v>
       </c>
       <c r="D5" t="s">
         <v>36</v>
       </c>
       <c r="E5" t="s">
@@ -963,54 +963,54 @@
       <c r="W5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>45</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>869Про затвердження Програми правової освіти та правової допомоги у територіальній громаді Трускавця на 2020-2021 роки</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>36</v>
@@ -1072,54 +1072,54 @@
       <c r="W6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>870Про звільнення від орендної плати за об’єкти майна комунальної власності територіальної громади міста Трускавця, які орендують в КП «Парк Курортний»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>36</v>
@@ -1181,54 +1181,54 @@
       <c r="W7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>871Про внесення змін до Положення про Бюджет громадських ініціатив м.Трускавця, затвердженого рішенням міської ради від 30 липня 2019 р. № 1414</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>36</v>
@@ -1266,78 +1266,78 @@
       <c r="O8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>872Про затвердження містобудівної документації «План зонування території міста Трускавця (зонінг)»</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>49</v>
@@ -1399,54 +1399,54 @@
       <c r="W9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>873Пропозиція Остапчука А.Ю. - вимагати розроблення в зоні Г1 та Г2  розглядати по ст19 (Детального плану)</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>53</v>
@@ -1617,54 +1617,54 @@
       <c r="W11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>55</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>875Про розроблення детального плану території земельної ділянки за адресою вул.Городище</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>36</v>
@@ -1732,54 +1732,54 @@
       <c r="Y12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG12" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AH12" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>876Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Микиритичян О.Й. по вул. Івасюка</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
         <v>57</v>
       </c>
       <c r="F13">
         <v>10</v>
@@ -1814,81 +1814,81 @@
       <c r="P13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AH13" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>58</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>877Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки для ведення садівництва по вул.. Помірецькій</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="F14">
         <v>20</v>
@@ -1947,54 +1947,54 @@
       <c r="X14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG14" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>59</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>878Про надання дозволу на виготовлення документації із землеустрою по поділу земельної ділянки по вул. Івасюка,9 площею 0,1266 га Лозі М.М.</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>57</v>
@@ -2029,87 +2029,87 @@
       <c r="O15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="AG15" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI15" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>60</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>879Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,1га по вул. Помірецькій Габшію П.Я.</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16">
         <v>19</v>
       </c>
       <c r="G16">
         <v>0</v>
@@ -2165,54 +2165,54 @@
       <c r="X16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>61</v>
       </c>
       <c r="C17" t="s" s="4">
         <v>62</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="F17">
@@ -2272,60 +2272,60 @@
       <c r="X17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH17" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AI17" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>881Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,1га по вул. Помірецькій Габшію П.Я.</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>36</v>
       </c>
       <c r="E18" t="s">
         <v>57</v>
       </c>
       <c r="F18">
         <v>13</v>
       </c>
       <c r="G18">
         <v>0</v>
@@ -2357,78 +2357,78 @@
       <c r="P18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>64</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>882Про надання дозволу на виготовлення документації із землеустрою земельної ділянки площею 0,6221 га по вул. Мазепи,21 ДП «Помірки» ТзОВ «ГРУПА ТКС»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>36</v>
       </c>
       <c r="E19" t="s">
         <v>57</v>
@@ -2463,87 +2463,87 @@
       <c r="O19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI19" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>883Про внесення змін в рішення міської ради № 1697 від 14.04.2020р « Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,0030га по вул.</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>36</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
       <c r="F20">
         <v>22</v>
       </c>
       <c r="G20">
         <v>0</v>
@@ -2681,78 +2681,78 @@
       <c r="O21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>67</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>885Про затвердження проекту землеустрою щодо відведення земельної ділянки та надання земельної ділянки по вул. Стебницька,9А/1 в користування на умовах оренди Бориславському О.Г.</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>36</v>
@@ -2793,54 +2793,54 @@
       <c r="P22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>39</v>
       </c>
@@ -2902,54 +2902,54 @@
       <c r="P23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>39</v>
       </c>
@@ -3011,54 +3011,54 @@
       <c r="P24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>39</v>
       </c>
@@ -3120,54 +3120,54 @@
       <c r="P25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>39</v>
       </c>
@@ -3229,54 +3229,54 @@
       <c r="P26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>39</v>
       </c>
@@ -3979,54 +3979,54 @@
       <c r="O33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>39</v>
       </c>
@@ -4225,54 +4225,54 @@
       <c r="Y35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG35" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AH35" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>87</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>899Про поновлення договору оренди землі площею 0,0952га по вул. Стебницькій Лагдану Ю.О, Бику Ю.І.</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>36</v>
       </c>
       <c r="E36" t="s">
         <v>37</v>
       </c>
       <c r="F36">
         <v>20</v>
@@ -4629,87 +4629,87 @@
       <c r="O39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="W39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X39" t="s" s="5">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE39" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AF39" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AG39" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AH39" t="s" s="5">
+        <v>51</v>
+      </c>
+      <c r="AI39" t="s" s="5">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>92</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>903Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Мазепи</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>36</v>
       </c>
       <c r="E40" t="s">
         <v>37</v>
       </c>
       <c r="F40">
         <v>23</v>
       </c>
       <c r="G40">
         <v>0</v>
@@ -4980,54 +4980,54 @@
       <c r="W42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE42" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AF42" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>95</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>906Про відмову в виділенні земельної ділянки з кадастровим номером 4611500000:06:001:0018 ОК ЖБК «Арей-2015»</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>36</v>
@@ -5089,54 +5089,54 @@
       <c r="W43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE43" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AF43" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>96</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
           <t>907Про затвердження експертної грошової оцінки земельної ділянки (4611500000:02:002:0160) по вул. Роксолани в м. Трускавці для продажу у власність на земельних торгах.</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>36</v>
@@ -5177,84 +5177,84 @@
       <c r="P44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI44" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>97</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>908Про затвердження переліку та умов продажу земельної ділянки кадастровий номер 4611500000: 02 : 002 : 0160 право власності на яку підлягає продажу на земельних торгаху формі аукціону на території міста</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>36</v>
       </c>
       <c r="E45" t="s">
         <v>37</v>
       </c>
       <c r="F45">
         <v>22</v>
       </c>
       <c r="G45">
         <v>0</v>
@@ -5286,54 +5286,54 @@
       <c r="P45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y45" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>39</v>
       </c>
@@ -5395,54 +5395,54 @@
       <c r="P46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>39</v>
       </c>
@@ -5831,84 +5831,84 @@
       <c r="P50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF50" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AG50" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AH50" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AI50" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>103</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>914Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0060га по вул. У Кравченко Палінському Р.О.</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>36</v>
       </c>
       <c r="E51" t="s">
         <v>37</v>
       </c>
       <c r="F51">
         <v>23</v>
       </c>
       <c r="G51">
         <v>0</v>
@@ -6155,81 +6155,81 @@
       <c r="O53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W53" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="X53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE53" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG53" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>106</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>917Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Воробкевича</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>36</v>
       </c>
       <c r="E54" t="s">
         <v>57</v>
@@ -6264,83 +6264,83 @@
       <c r="O54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W54" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y54" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG54" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI54" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>