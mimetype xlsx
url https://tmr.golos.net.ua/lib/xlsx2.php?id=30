--- v0 (2026-02-04)
+++ v1 (2026-03-29)
@@ -77,87 +77,87 @@
   <si>
     <t>Karpyn Oleh Romanovych</t>
   </si>
   <si>
     <t>Kents-Berezyuk Ivanna Mykhaylivna</t>
   </si>
   <si>
     <t>Kisak Andriy Ihorovych</t>
   </si>
   <si>
     <t>Kiselychnyk Mykhaylo Mykolayovych</t>
   </si>
   <si>
     <t>Matolych Taras Bohdanovych</t>
   </si>
   <si>
     <t>Mytsko Myroslav Ivanovych</t>
   </si>
   <si>
     <t>Nakonechnyy Yuriy Osypovych</t>
   </si>
   <si>
     <t>Ostapchuk Andriy Yuriyovych</t>
   </si>
   <si>
+    <t>Senkiv Mykola Vasylovych</t>
+  </si>
+  <si>
     <t>Prystay Ruslan Stepanovych</t>
   </si>
   <si>
     <t>Sazonova Vira Mykhaylivna</t>
   </si>
   <si>
-    <t>Senkiv Mykola Vasylovych</t>
-[...1 lines deleted...]
-  <si>
     <t>Starodub Anatoliy Heorhiyovych</t>
   </si>
   <si>
     <t>Stasyk Ihor Stepanovych</t>
   </si>
   <si>
     <t>Stepanovna Andriy Fedorovych</t>
   </si>
   <si>
     <t>Tymchyshak Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Tsekhmeyster Ruslan Kostyantynovych</t>
   </si>
   <si>
+    <t>Kulchynskyy Andriy Bohdanovych</t>
+  </si>
+  <si>
     <t>Yavorskyy Yuriy Mykhaylovych</t>
   </si>
   <si>
     <t>Malashchak Mykhaylo Volodymyrovych</t>
   </si>
   <si>
     <t>Ponomarenko Nataliya Anatoliyivna</t>
   </si>
   <si>
     <t>Savchenko Olena Hryhorivna</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kulchynskyy Andriy Bohdanovych</t>
   </si>
   <si>
     <t>17.07.20  12:03:15</t>
   </si>
   <si>
     <t>857Про звернення депутатів Трускавецької міської ради</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>17.07.20  12:33:54</t>
   </si>
   <si>
     <t>858Про звернення депутатів Трускавецької міської ради</t>
   </si>
@@ -265,52 +265,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="27"/>
-    <col min="35" max="35" width="31"/>
+    <col min="34" max="34" width="34"/>
+    <col min="35" max="35" width="27"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -477,54 +477,54 @@
       <c r="Z2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>42</v>
       </c>
       <c r="D3" t="s">
         <v>43</v>
       </c>
       <c r="E3" t="s">
         <v>38</v>
       </c>
       <c r="F3">
         <v>21</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3">
@@ -578,60 +578,60 @@
       <c r="X3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG3" t="s" s="5">
         <v>44</v>
       </c>
-      <c r="AG3" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AH3" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>45</v>
       </c>
       <c r="C4" t="s" s="4">
         <v>46</v>
       </c>
       <c r="D4" t="s">
         <v>47</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
       <c r="F4">
         <v>21</v>
       </c>
       <c r="G4">
         <v>0</v>
       </c>
       <c r="H4">
@@ -691,54 +691,54 @@
       <c r="Z4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s" s="4">
         <v>50</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
       <c r="F5">
         <v>22</v>
       </c>
       <c r="G5">
         <v>0</v>
       </c>
       <c r="H5">
@@ -798,50 +798,50 @@
       <c r="Z5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>