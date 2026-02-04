--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -77,87 +77,87 @@
   <si>
     <t>Karpyn Oleh Romanovych</t>
   </si>
   <si>
     <t>Kents-Berezyuk Ivanna Mykhaylivna</t>
   </si>
   <si>
     <t>Kisak Andriy Ihorovych</t>
   </si>
   <si>
     <t>Kiselychnyk Mykhaylo Mykolayovych</t>
   </si>
   <si>
     <t>Matolych Taras Bohdanovych</t>
   </si>
   <si>
     <t>Mytsko Myroslav Ivanovych</t>
   </si>
   <si>
     <t>Nakonechnyy Yuriy Osypovych</t>
   </si>
   <si>
     <t>Ostapchuk Andriy Yuriyovych</t>
   </si>
   <si>
+    <t>Prystay Ruslan Stepanovych</t>
+  </si>
+  <si>
+    <t>Sazonova Vira Mykhaylivna</t>
+  </si>
+  <si>
     <t>Senkiv Mykola Vasylovych</t>
   </si>
   <si>
-    <t>Prystay Ruslan Stepanovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Starodub Anatoliy Heorhiyovych</t>
   </si>
   <si>
     <t>Stasyk Ihor Stepanovych</t>
   </si>
   <si>
     <t>Stepanovna Andriy Fedorovych</t>
   </si>
   <si>
     <t>Tymchyshak Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Tsekhmeyster Ruslan Kostyantynovych</t>
   </si>
   <si>
+    <t>Yavorskyy Yuriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Malashchak Mykhaylo Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Ponomarenko Nataliya Anatoliyivna</t>
+  </si>
+  <si>
+    <t>Savchenko Olena Hryhorivna</t>
+  </si>
+  <si>
     <t>Kulchynskyy Andriy Bohdanovych</t>
-  </si>
-[...10 lines deleted...]
-    <t>Savchenko Olena Hryhorivna</t>
   </si>
   <si>
     <t>21.05.20  10:59:28</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>21.05.20  11:02:38</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
@@ -490,52 +490,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="34"/>
-    <col min="35" max="35" width="27"/>
+    <col min="34" max="34" width="27"/>
+    <col min="35" max="35" width="31"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -887,87 +887,87 @@
       <c r="O4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>42</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>708Про встановлення заборони продажу пива (крім безалкогольного), алкогольних, слабоалкогольних напоїв, вин столових суб’єктами господарювання (крім закладів ресторанного господарства) на</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>36</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
       <c r="F5">
         <v>22</v>
       </c>
       <c r="G5">
         <v>0</v>
@@ -1020,63 +1020,63 @@
       <c r="W5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" t="s" s="4">
         <v>49</v>
       </c>
       <c r="D6" t="s">
         <v>36</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="F6">
         <v>20</v>
       </c>
       <c r="G6">
         <v>0</v>
       </c>
       <c r="H6">
@@ -1430,84 +1430,84 @@
       <c r="O9" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>42</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="AH9" t="s" s="5">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>55</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>713Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Микиритичян О.Й. по вул. Івасюка</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>36</v>
       </c>
       <c r="E10" t="s">
         <v>53</v>
       </c>
       <c r="F10">
         <v>6</v>
@@ -1542,84 +1542,84 @@
       <c r="P10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="AH10" t="s" s="5">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="AI10" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>56</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>714Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Об’єднанню співвласників багатоквартирного будинку «Батьківщина,32» по вул. Мазепи,32</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>36</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="F11">
         <v>21</v>
       </c>
       <c r="G11">
         <v>0</v>
@@ -2008,54 +2008,54 @@
       <c r="Z14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH14" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AI14" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>60</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>718Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,001га по вул. Помірецькій Сенюті І.О.</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>53</v>
       </c>
       <c r="F15">
         <v>11</v>
       </c>
       <c r="G15">
         <v>1</v>
@@ -2084,87 +2084,87 @@
       <c r="O15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>46</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF15" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG15" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH15" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AI15" t="s" s="5">
         <v>54</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>61</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>719Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,1га по вул. Помірецькій Козінському Д.О.</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>36</v>
       </c>
       <c r="E16" t="s">
         <v>53</v>
       </c>
       <c r="F16">
         <v>2</v>
       </c>
       <c r="G16">
         <v>0</v>
@@ -2193,81 +2193,81 @@
       <c r="O16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>62</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>720Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Релігійній громаді Української Православної церкви Київського Патріархату в м. Трускавець</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>36</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
@@ -2335,54 +2335,54 @@
       <c r="Z17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH17" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AI17" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>63</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>721Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. І.Франка,1 ТзОВ «Господар»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>36</v>
       </c>
       <c r="E18" t="s">
         <v>53</v>
       </c>
       <c r="F18">
         <v>4</v>
       </c>
       <c r="G18">
         <v>2</v>
@@ -2414,78 +2414,78 @@
       <c r="P18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>42</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>54</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AG18" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>64</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>722Про затвердження проекту з землеустрою щодо відведення земельної ділянки по вул. Дрогобицькій,29а та надання земельної ділянки у власність Домінко Ірині Вікторівні</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>36</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
@@ -2520,87 +2520,87 @@
       <c r="O19" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AI19" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>65</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>723Про затвердження проекту з землеустрою щодо відведення земельної ділянки по вул.О.Пристая,2 та надання земельної ділянки у власність Кульчинській Г.Л.</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>36</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
       <c r="F20">
         <v>19</v>
       </c>
       <c r="G20">
         <v>0</v>
@@ -2656,60 +2656,60 @@
       <c r="X20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AF20" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI20" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>66</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>724Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Шевченка,21а Левицькій І.О..</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>36</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
       <c r="F21">
         <v>14</v>
       </c>
       <c r="G21">
         <v>0</v>
@@ -2765,54 +2765,54 @@
       <c r="X21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AG21" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>67</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>725Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Шевченка,21а Петрушак Л.М.</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>36</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
@@ -2874,54 +2874,54 @@
       <c r="X22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AG22" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>68</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>726Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Мазепи ОКЖБК «Арей – 2015»</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>36</v>
       </c>
       <c r="E23" t="s">
         <v>37</v>
@@ -2956,54 +2956,54 @@
       <c r="O23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>42</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>39</v>
       </c>
@@ -3063,87 +3063,87 @@
       <c r="O24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF24" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AG24" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AH24" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AI24" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>728Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення на вул. Сагайдачного,2 у м. Трускавці ТзОВ « Терен – Дизайнсервіс» »</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>36</v>
       </c>
       <c r="E25" t="s">
         <v>37</v>
       </c>
       <c r="F25">
         <v>16</v>
       </c>
       <c r="G25">
         <v>0</v>
@@ -3172,84 +3172,84 @@
       <c r="O25" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>42</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH25" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>72</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>729Про припинення права постійного користування земельною ділянкою площею 1,7208 га по вул. Сагайдачного,2 ТзОВ « Терен - Дизайнсервіс»</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>36</v>
       </c>
       <c r="E26" t="s">
         <v>37</v>
       </c>
       <c r="F26">
         <v>18</v>
@@ -3281,87 +3281,87 @@
       <c r="O26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>42</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI26" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>73</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>730Про надання земельної ділянки площею 1,7208га на вул. Сагайдачного,2 у користування на умовах оренди ТзОВ « Терен – Дизайнсервіс» »</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>36</v>
       </c>
       <c r="E27" t="s">
         <v>37</v>
       </c>
       <c r="F27">
         <v>18</v>
       </c>
       <c r="G27">
         <v>0</v>
@@ -3390,87 +3390,87 @@
       <c r="O27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>42</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI27" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>731Про погодження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Бойківській ТзОВ «Медіалком»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>36</v>
       </c>
       <c r="E28" t="s">
         <v>37</v>
       </c>
       <c r="F28">
         <v>24</v>
       </c>
       <c r="G28">
         <v>0</v>
@@ -3499,54 +3499,54 @@
       <c r="O28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>39</v>
       </c>
@@ -3608,54 +3608,54 @@
       <c r="O29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>39</v>
       </c>
@@ -3717,81 +3717,81 @@
       <c r="O30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF30" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AG30" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>77</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>734Про надання земельної ділянки площею 0,1000га вул. Бойківській у користування на умовах оренди ТзОВ «Медіалком»</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>36</v>
       </c>
       <c r="E31" t="s">
         <v>37</v>
@@ -3826,54 +3826,54 @@
       <c r="O31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>39</v>
       </c>
@@ -3935,54 +3935,54 @@
       <c r="O32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>39</v>
       </c>
@@ -4044,81 +4044,81 @@
       <c r="O33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF33" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AG33" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>80</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>737Про надання земельної ділянки площею 0,0246га вул. Бойківській у користування на умовах оренди ТзОВ «Медіалком»</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>36</v>
       </c>
       <c r="E34" t="s">
         <v>37</v>
@@ -4153,54 +4153,54 @@
       <c r="O34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>39</v>
       </c>
@@ -4262,54 +4262,54 @@
       <c r="O35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>39</v>
       </c>
@@ -4371,54 +4371,54 @@
       <c r="O36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>39</v>
       </c>
@@ -4480,54 +4480,54 @@
       <c r="O37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>39</v>
       </c>
@@ -4589,54 +4589,54 @@
       <c r="O38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>39</v>
       </c>
@@ -4698,57 +4698,57 @@
       <c r="O39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y39" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>39</v>
       </c>
@@ -4807,54 +4807,54 @@
       <c r="O40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W40" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>39</v>
       </c>
@@ -4916,54 +4916,54 @@
       <c r="O41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>39</v>
       </c>
@@ -5025,54 +5025,54 @@
       <c r="O42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>39</v>
       </c>
@@ -5134,54 +5134,54 @@
       <c r="O43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>39</v>
       </c>
@@ -5243,54 +5243,54 @@
       <c r="O44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>42</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>39</v>
       </c>
@@ -5352,57 +5352,57 @@
       <c r="O45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Y45" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>39</v>
       </c>
@@ -5461,57 +5461,57 @@
       <c r="O46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>39</v>
       </c>
@@ -5570,54 +5570,54 @@
       <c r="O47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>42</v>
       </c>
       <c r="R47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>39</v>
       </c>
@@ -5679,54 +5679,54 @@
       <c r="O48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>42</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>39</v>
       </c>
@@ -5788,81 +5788,81 @@
       <c r="O49" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>46</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>46</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y49" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE49" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG49" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>96</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>753Про поновлення договору оренди землі по вул. Городище,4 в м. Трускавці ТзОВ «Агроторговий дім Волинь»</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>36</v>
       </c>
       <c r="E50" t="s">
         <v>37</v>
@@ -5897,78 +5897,78 @@
       <c r="O50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W50" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE50" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AF50" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>97</v>
       </c>
       <c r="C51" t="s" s="4">
         <v>98</v>
       </c>
       <c r="D51" t="s">
         <v>36</v>
       </c>
       <c r="E51" t="s">
@@ -6004,78 +6004,78 @@
       <c r="O51" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W51" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE51" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AF51" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>99</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>755Про поновлення договору оренди землі площею 5,5798 га по вул. І. Франка-бульвар Торосевича в м. Трускавець ТзОВ «Трускавецькі лікувальні води»</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>41</v>
@@ -6220,84 +6220,84 @@
       <c r="O53" t="s" s="5">
         <v>46</v>
       </c>
       <c r="P53" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>42</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>54</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W53" t="s" s="5">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="X53" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE53" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF53" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AG53" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AH53" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>102</v>
       </c>
       <c r="C54" t="s" s="4">
         <v>103</v>
       </c>
       <c r="D54" t="s">
         <v>45</v>
       </c>
       <c r="E54" t="s">
         <v>37</v>
       </c>
       <c r="F54">
         <v>22</v>
       </c>
       <c r="G54">
@@ -7962,54 +7962,54 @@
       <c r="O69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P69" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W69" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X69" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Y69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA69" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AB69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF69" t="s" s="5">
         <v>39</v>
       </c>
@@ -8181,54 +8181,54 @@
       <c r="P71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S71" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V71" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X71" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y71" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Z71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF71" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG71" t="s" s="5">
         <v>39</v>
       </c>
@@ -8288,54 +8288,54 @@
       <c r="P72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X72" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y72" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="Z72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF72" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG72" t="s" s="5">
         <v>39</v>
       </c>