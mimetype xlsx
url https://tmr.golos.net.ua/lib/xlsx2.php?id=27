--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -77,87 +77,87 @@
   <si>
     <t>Karpyn Oleh Romanovych</t>
   </si>
   <si>
     <t>Kents-Berezyuk Ivanna Mykhaylivna</t>
   </si>
   <si>
     <t>Kisak Andriy Ihorovych</t>
   </si>
   <si>
     <t>Kiselychnyk Mykhaylo Mykolayovych</t>
   </si>
   <si>
     <t>Matolych Taras Bohdanovych</t>
   </si>
   <si>
     <t>Mytsko Myroslav Ivanovych</t>
   </si>
   <si>
     <t>Nakonechnyy Yuriy Osypovych</t>
   </si>
   <si>
     <t>Ostapchuk Andriy Yuriyovych</t>
   </si>
   <si>
+    <t>Prystay Ruslan Stepanovych</t>
+  </si>
+  <si>
+    <t>Sazonova Vira Mykhaylivna</t>
+  </si>
+  <si>
     <t>Senkiv Mykola Vasylovych</t>
   </si>
   <si>
-    <t>Prystay Ruslan Stepanovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Starodub Anatoliy Heorhiyovych</t>
   </si>
   <si>
     <t>Stasyk Ihor Stepanovych</t>
   </si>
   <si>
     <t>Stepanovna Andriy Fedorovych</t>
   </si>
   <si>
     <t>Tymchyshak Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Tsekhmeyster Ruslan Kostyantynovych</t>
   </si>
   <si>
+    <t>Yavorskyy Yuriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Malashchak Mykhaylo Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Ponomarenko Nataliya Anatoliyivna</t>
+  </si>
+  <si>
+    <t>Savchenko Olena Hryhorivna</t>
+  </si>
+  <si>
     <t>Kulchynskyy Andriy Bohdanovych</t>
-  </si>
-[...10 lines deleted...]
-    <t>Savchenko Olena Hryhorivna</t>
   </si>
   <si>
     <t>14.04.20  10:36:43</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>14.04.20  10:58:45</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
@@ -274,52 +274,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="34"/>
-    <col min="35" max="35" width="27"/>
+    <col min="34" max="34" width="27"/>
+    <col min="35" max="35" width="31"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -588,54 +588,54 @@
       <c r="W3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>693Про передачу функції замовника з реалізації проекту «Реконструкція зовнішніх мереж водопостачання по вул. Стуса (від житлового будинку №1 до житлового будинку №9) в м. Трускавець Львівської</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>36</v>
@@ -780,54 +780,54 @@
       <c r="O5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>39</v>
       </c>
@@ -1108,75 +1108,75 @@
       <c r="P8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>42</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>46</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>698Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0030га по вул.У.Кравченко Терлецькій Л.О.</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>36</v>
@@ -1214,54 +1214,54 @@
       <c r="O9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>39</v>
       </c>
@@ -1323,57 +1323,57 @@
       <c r="O10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>39</v>
       </c>