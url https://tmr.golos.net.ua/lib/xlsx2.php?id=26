--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -77,87 +77,87 @@
   <si>
     <t>Karpyn Oleh Romanovych</t>
   </si>
   <si>
     <t>Kents-Berezyuk Ivanna Mykhaylivna</t>
   </si>
   <si>
     <t>Kisak Andriy Ihorovych</t>
   </si>
   <si>
     <t>Kiselychnyk Mykhaylo Mykolayovych</t>
   </si>
   <si>
     <t>Matolych Taras Bohdanovych</t>
   </si>
   <si>
     <t>Mytsko Myroslav Ivanovych</t>
   </si>
   <si>
     <t>Nakonechnyy Yuriy Osypovych</t>
   </si>
   <si>
     <t>Ostapchuk Andriy Yuriyovych</t>
   </si>
   <si>
+    <t>Prystay Ruslan Stepanovych</t>
+  </si>
+  <si>
+    <t>Sazonova Vira Mykhaylivna</t>
+  </si>
+  <si>
     <t>Senkiv Mykola Vasylovych</t>
   </si>
   <si>
-    <t>Prystay Ruslan Stepanovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Starodub Anatoliy Heorhiyovych</t>
   </si>
   <si>
     <t>Stasyk Ihor Stepanovych</t>
   </si>
   <si>
     <t>Stepanovna Andriy Fedorovych</t>
   </si>
   <si>
     <t>Tymchyshak Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Tsekhmeyster Ruslan Kostyantynovych</t>
   </si>
   <si>
+    <t>Yavorskyy Yuriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Malashchak Mykhaylo Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Ponomarenko Nataliya Anatoliyivna</t>
+  </si>
+  <si>
+    <t>Savchenko Olena Hryhorivna</t>
+  </si>
+  <si>
     <t>Kulchynskyy Andriy Bohdanovych</t>
-  </si>
-[...10 lines deleted...]
-    <t>Savchenko Olena Hryhorivna</t>
   </si>
   <si>
     <t>17.03.20  15:35:56</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>17.03.20  16:07:42</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>Утр.</t>
   </si>
@@ -274,52 +274,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="34"/>
-    <col min="35" max="35" width="27"/>
+    <col min="34" max="34" width="27"/>
+    <col min="35" max="35" width="31"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -455,57 +455,57 @@
       <c r="O2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>39</v>
       </c>
@@ -564,87 +564,87 @@
       <c r="O3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>680Про звернення до Президента України і Голови Верховної Ради України з пропозицією щодо внесення змін до Податкового кодексу України</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>37</v>
       </c>
       <c r="F4">
         <v>20</v>
       </c>
       <c r="G4">
         <v>0</v>
@@ -673,87 +673,87 @@
       <c r="O4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>681Пропозиція Остапчука А.Ю, внести податок на прибуток, ПДВ, податок з фактично виплаченої зарплати для підприємств галузей туризму та санаторно-курортної галузі на березень- квітень та</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
       <c r="F5">
         <v>21</v>
       </c>
       <c r="G5">
         <v>0</v>
@@ -782,57 +782,57 @@
       <c r="O5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>39</v>
       </c>
@@ -891,81 +891,81 @@
       <c r="O6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W6" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="X6" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="Y6" t="s" s="5">
         <v>47</v>
       </c>
-      <c r="X6" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>683Про надання пільг з оплати орендної плати за об’єкти майна комунальної власності територіальної громади міста Трускавця</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>36</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
@@ -1000,57 +1000,57 @@
       <c r="O7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>39</v>
       </c>
@@ -1109,57 +1109,57 @@
       <c r="O8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>47</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>39</v>
       </c>
@@ -1216,84 +1216,84 @@
       <c r="O9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>47</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF9" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="AG9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH9" t="s" s="5">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>42</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>686Про звернення Трускавецької міської ради До Президента України та Верховної Ради України.</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>36</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="F10">
         <v>17</v>
@@ -1325,57 +1325,57 @@
       <c r="O10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>47</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>39</v>
       </c>