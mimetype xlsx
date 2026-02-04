--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -77,87 +77,87 @@
   <si>
     <t>Karpyn Oleh Romanovych</t>
   </si>
   <si>
     <t>Kents-Berezyuk Ivanna Mykhaylivna</t>
   </si>
   <si>
     <t>Kisak Andriy Ihorovych</t>
   </si>
   <si>
     <t>Kiselychnyk Mykhaylo Mykolayovych</t>
   </si>
   <si>
     <t>Matolych Taras Bohdanovych</t>
   </si>
   <si>
     <t>Mytsko Myroslav Ivanovych</t>
   </si>
   <si>
     <t>Nakonechnyy Yuriy Osypovych</t>
   </si>
   <si>
     <t>Ostapchuk Andriy Yuriyovych</t>
   </si>
   <si>
+    <t>Prystay Ruslan Stepanovych</t>
+  </si>
+  <si>
+    <t>Sazonova Vira Mykhaylivna</t>
+  </si>
+  <si>
     <t>Senkiv Mykola Vasylovych</t>
   </si>
   <si>
-    <t>Prystay Ruslan Stepanovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Starodub Anatoliy Heorhiyovych</t>
   </si>
   <si>
     <t>Stasyk Ihor Stepanovych</t>
   </si>
   <si>
     <t>Stepanovna Andriy Fedorovych</t>
   </si>
   <si>
     <t>Tymchyshak Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Tsekhmeyster Ruslan Kostyantynovych</t>
   </si>
   <si>
+    <t>Yavorskyy Yuriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Malashchak Mykhaylo Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Ponomarenko Nataliya Anatoliyivna</t>
+  </si>
+  <si>
+    <t>Savchenko Olena Hryhorivna</t>
+  </si>
+  <si>
     <t>Kulchynskyy Andriy Bohdanovych</t>
-  </si>
-[...10 lines deleted...]
-    <t>Savchenko Olena Hryhorivna</t>
   </si>
   <si>
     <t>24.02.20  14:36:26</t>
   </si>
   <si>
     <t>620Про внесення змін до показників бюджету міста Трускавця на 2020 рік</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -235,52 +235,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="34"/>
-    <col min="35" max="35" width="27"/>
+    <col min="34" max="34" width="27"/>
+    <col min="35" max="35" width="31"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -438,59 +438,59 @@
       <c r="W2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>