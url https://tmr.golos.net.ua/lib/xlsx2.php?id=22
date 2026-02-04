--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -77,87 +77,87 @@
   <si>
     <t>Karpyn Oleh Romanovych</t>
   </si>
   <si>
     <t>Kents-Berezyuk Ivanna Mykhaylivna</t>
   </si>
   <si>
     <t>Kisak Andriy Ihorovych</t>
   </si>
   <si>
     <t>Kiselychnyk Mykhaylo Mykolayovych</t>
   </si>
   <si>
     <t>Matolych Taras Bohdanovych</t>
   </si>
   <si>
     <t>Mytsko Myroslav Ivanovych</t>
   </si>
   <si>
     <t>Nakonechnyy Yuriy Osypovych</t>
   </si>
   <si>
     <t>Ostapchuk Andriy Yuriyovych</t>
   </si>
   <si>
+    <t>Prystay Ruslan Stepanovych</t>
+  </si>
+  <si>
+    <t>Sazonova Vira Mykhaylivna</t>
+  </si>
+  <si>
     <t>Senkiv Mykola Vasylovych</t>
   </si>
   <si>
-    <t>Prystay Ruslan Stepanovych</t>
-[...4 lines deleted...]
-  <si>
     <t>Starodub Anatoliy Heorhiyovych</t>
   </si>
   <si>
     <t>Stasyk Ihor Stepanovych</t>
   </si>
   <si>
     <t>Stepanovna Andriy Fedorovych</t>
   </si>
   <si>
     <t>Tymchyshak Vasyl Ivanovych</t>
   </si>
   <si>
     <t>Tsekhmeyster Ruslan Kostyantynovych</t>
   </si>
   <si>
+    <t>Yavorskyy Yuriy Mykhaylovych</t>
+  </si>
+  <si>
+    <t>Malashchak Mykhaylo Volodymyrovych</t>
+  </si>
+  <si>
+    <t>Ponomarenko Nataliya Anatoliyivna</t>
+  </si>
+  <si>
+    <t>Savchenko Olena Hryhorivna</t>
+  </si>
+  <si>
     <t>Kulchynskyy Andriy Bohdanovych</t>
-  </si>
-[...10 lines deleted...]
-    <t>Savchenko Olena Hryhorivna</t>
   </si>
   <si>
     <t>30.01.20  11:03:00</t>
   </si>
   <si>
     <t>553Про затвердження річного звіту про виконання бюджету міста Трускавця за 2019 рік</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>30.01.20  11:04:26</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
@@ -403,52 +403,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="34"/>
-    <col min="35" max="35" width="27"/>
+    <col min="34" max="34" width="27"/>
+    <col min="35" max="35" width="31"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="2">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="2">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="2">
         <v>6</v>
       </c>
       <c r="H1" t="s" s="2">
@@ -582,81 +582,81 @@
       <c r="O2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>554Про надання пільг на оплату житла і комунальних послуг для дітей-сиріт, дітей, позбавлених батьківського піклування, осіб з їх числа, прийомних батьків та опікунів/піклувальників на 2020 рік.</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3" t="s">
         <v>38</v>
@@ -691,84 +691,84 @@
       <c r="O3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>555Про делегування представника до складу Госпітальної ради Львівського госпітального округу</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
       <c r="F4">
         <v>18</v>
@@ -800,81 +800,81 @@
       <c r="O4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="s" s="4">
         <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
       <c r="F5">
@@ -907,81 +907,81 @@
       <c r="O5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>46</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>557Про надання згоди про передачу з державної у комунальну власність територіальної громади м. Трускавця комп’ютерного обладнання</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
@@ -1016,81 +1016,81 @@
       <c r="O6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>558Про розгляд заяви комунального підприємства «Трускавецький інформаційно-курортний центр».</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
@@ -1125,81 +1125,81 @@
       <c r="O7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>50</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>559Про розгляд заяв щодо продовження договорів оренди та встановлення розміру орендної плати</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
@@ -1234,81 +1234,81 @@
       <c r="O8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>560Про розгляд заяв щодо укладення договорів оренди та встановлення розміру орендної плати</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>37</v>
       </c>
       <c r="E9" t="s">
         <v>52</v>
@@ -1343,81 +1343,81 @@
       <c r="O9" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>561Про затвердження міської цільової Програми захисту населення і території від надзвичайних ситуацій техногенного та природного характеру на 2020 рік</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>37</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
@@ -1452,81 +1452,81 @@
       <c r="O10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>562Про внесення змін до Програми «Промоції міста-курорту Трускавець на 2016-2020 роки» затвердженої рішенням Трускавецької міської ради № 42 від 24 грудня 2015 року</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
@@ -1561,81 +1561,81 @@
       <c r="O11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>56</v>
       </c>
       <c r="C12" t="s" s="4">
         <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>58</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="F12">
@@ -1668,81 +1668,81 @@
       <c r="O12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE12" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG12" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>59</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>564Про внесення змін до Програми «Промоції міста-курорту Трускавець на 2016-2020 роки» затвердженої рішенням Трускавецької міської ради № 42 від 24 грудня 2015 року</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
@@ -1777,81 +1777,81 @@
       <c r="O13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>60</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>565Про надання згоди на продовження терміну дії кредиту у формі овердрафту ТОВ «Трускавецький водоканал»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>37</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
@@ -1886,81 +1886,81 @@
       <c r="O14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG14" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>61</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>566Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Об’єднанню співвласників багатоквартирного будинку «Галицький двір 14»</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>37</v>
       </c>
       <c r="E15" t="s">
         <v>52</v>
@@ -1995,81 +1995,81 @@
       <c r="O15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG15" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>62</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>567Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки площею 0,0042га по вул. С.Бандери,49 Демочко Г.В.</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
@@ -2104,81 +2104,81 @@
       <c r="O16" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>63</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>568Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення меж земельної ділянки в натурі на місцевості площею 0,0097га по вул.. С.Бандери,49</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>37</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
@@ -2213,81 +2213,81 @@
       <c r="O17" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>64</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>569Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення меж земельної ділянки в натурі на місцевості площею 0,0140га по вул.. С.Бандери,49</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>37</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
@@ -2322,81 +2322,81 @@
       <c r="O18" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>65</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>570Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по зміні цільового призначення площею 0,0420га по вул.Шевченка,28 ТзОВ «Трускавець Апартамент»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>37</v>
       </c>
       <c r="E19" t="s">
         <v>52</v>
@@ -2431,81 +2431,81 @@
       <c r="O19" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>66</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>571Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по зміні цільового призначення площею 0,1225га по вул.Шевченка,30 ТзОВ «Трускавець Апартамент»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>37</v>
       </c>
       <c r="E20" t="s">
         <v>52</v>
@@ -2540,81 +2540,81 @@
       <c r="O20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE20" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG20" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>67</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>572Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0036га по вул. Стебницькій Бориславському О.Г.</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>37</v>
       </c>
       <c r="E21" t="s">
         <v>38</v>
@@ -2649,84 +2649,84 @@
       <c r="O21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG21" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AH21" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>68</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>573Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по зміні цільового призначення ТзОВ «Санаторій «Едем»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>37</v>
       </c>
       <c r="E22" t="s">
         <v>38</v>
       </c>
       <c r="F22">
         <v>16</v>
@@ -2758,81 +2758,81 @@
       <c r="O22" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG22" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>69</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>574Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0150га по вул. Шевченка,32а</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>37</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
@@ -2867,84 +2867,84 @@
       <c r="O23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG23" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AH23" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>70</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>575Про затвердження проекту з землеустрою  щодо відведення   земельної ділянки для продажу у власність   по вул.Героїв УПА,1  ПП «Золотар»</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>37</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24">
         <v>7</v>
@@ -2976,84 +2976,84 @@
       <c r="O24" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG24" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH24" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>71</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>576Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Річки,17-а Зубрицькій Г.М.</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>37</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25">
         <v>10</v>
@@ -3085,87 +3085,87 @@
       <c r="O25" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG25" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI25" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>72</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>577Про затвердження проекту з землеустрою щодо відведення земельної ділянки по вул.С.Бандери,40 та надання земельної ділянки у власність Нечай Н.В.</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>37</v>
       </c>
       <c r="E26" t="s">
         <v>38</v>
       </c>
       <c r="F26">
         <v>17</v>
       </c>
       <c r="G26">
         <v>0</v>
@@ -3194,81 +3194,81 @@
       <c r="O26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG26" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>73</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>578Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Мазепи,21 Струбіцькій Л.М.</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>37</v>
       </c>
       <c r="E27" t="s">
         <v>38</v>
@@ -3303,81 +3303,81 @@
       <c r="O27" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG27" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>74</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>579Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. І.Франка,1 ТзОВ «Господар»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>37</v>
       </c>
       <c r="E28" t="s">
         <v>52</v>
@@ -3412,87 +3412,87 @@
       <c r="O28" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>47</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>46</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>47</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG28" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AH28" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AI28" t="s" s="5">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>75</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>580Про затвердження проекту землеустрою щодо відведення земельної ділянки та надання земельної ділянки площею 0,0603 га по вул. Шевченка,35 в постійне користування ОСББ «Шарм»</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>37</v>
       </c>
       <c r="E29" t="s">
         <v>38</v>
       </c>
       <c r="F29">
         <v>14</v>
       </c>
       <c r="G29">
         <v>0</v>
@@ -3521,81 +3521,81 @@
       <c r="O29" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG29" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>76</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>581Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул.Бойківська,2 Білас Н.М.</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>37</v>
       </c>
       <c r="E30" t="s">
         <v>38</v>
@@ -3630,81 +3630,81 @@
       <c r="O30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG30" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>77</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>582Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Бортнянського Горічко О.С</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>37</v>
       </c>
       <c r="E31" t="s">
         <v>52</v>
@@ -3739,87 +3739,87 @@
       <c r="O31" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>42</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y31" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE31" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG31" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH31" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AI31" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>78</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>583Про надання земельної ділянки площею 0,3402га вул. Шевченка,9 у користування на умовах оренди ТзОВ « Монтаженерго 2018»</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>37</v>
       </c>
       <c r="E32" t="s">
         <v>38</v>
       </c>
       <c r="F32">
         <v>15</v>
       </c>
       <c r="G32">
         <v>0</v>
@@ -3848,81 +3848,81 @@
       <c r="O32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE32" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG32" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>79</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>584Про надання земельної ділянки площею 0,1180 вул. Стуса,6 у користування на умовах оренди ТзОВ «Санаторій «Едем»»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>37</v>
       </c>
       <c r="E33" t="s">
         <v>38</v>
@@ -3957,81 +3957,81 @@
       <c r="O33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG33" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>80</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>585Про поновлення договору оренди землі по вул. Шевченка,1А в м. Трускавці МПНВКП Фірма «ПЛЕЯДА»</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>37</v>
       </c>
       <c r="E34" t="s">
         <v>38</v>
@@ -4066,81 +4066,81 @@
       <c r="O34" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y34" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG34" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>81</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>586Про дозвіл на виготовлення експертної грошової оцінки земельної ділянки площею 0,0047 га по вул. Героїв УПА,1 ПП «Золотар»</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>37</v>
       </c>
       <c r="E35" t="s">
         <v>52</v>
@@ -4175,87 +4175,87 @@
       <c r="O35" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE35" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG35" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AH35" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AI35" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>82</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>587Про включення земельної ділянки в перелік для продажу права оренди на земельних торгах (аукціоні) по вул. Мазепи</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>37</v>
       </c>
       <c r="E36" t="s">
         <v>38</v>
       </c>
       <c r="F36">
         <v>18</v>
       </c>
       <c r="G36">
         <v>0</v>
@@ -4284,81 +4284,81 @@
       <c r="O36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE36" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG36" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>83</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>588Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Мазепи</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>37</v>
       </c>
       <c r="E37" t="s">
         <v>38</v>
@@ -4393,84 +4393,84 @@
       <c r="O37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P37" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE37" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG37" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="AH37" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>84</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>589Про включення земельної ділянки в перелік для продажу права оренди на земельних торгах (аукціоні) по вул. Стебницькій</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>37</v>
       </c>
       <c r="E38" t="s">
         <v>38</v>
       </c>
       <c r="F38">
         <v>16</v>
@@ -4502,81 +4502,81 @@
       <c r="O38" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE38" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG38" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>85</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>590Про внесення змін в рішення міської ради № 1555 від 14 листопада 2019 «Про визначення земельної ділянки для продажу на земельних торгах (аукціоні)»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>37</v>
       </c>
       <c r="E39" t="s">
         <v>38</v>
@@ -4611,81 +4611,81 @@
       <c r="O39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG39" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>86</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>591Про затвердження містобудівної документації «Детальний план території по вул.Бориславській,20»</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>37</v>
       </c>
       <c r="E40" t="s">
         <v>52</v>
@@ -4720,81 +4720,81 @@
       <c r="O40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P40" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>46</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W40" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG40" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>87</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>592затвердження містобудівної документації «Детальний план території забудови земельної ділянки по вул.І.Мазепи (кадастровий номер 4611500000:07:002:0040) для зміни цільового призначення земельної</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>37</v>
       </c>
       <c r="E41" t="s">
         <v>38</v>
@@ -4829,87 +4829,87 @@
       <c r="O41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE41" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG41" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH41" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AI41" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>88</v>
       </c>
       <c r="C42" t="s" s="4">
         <v>89</v>
       </c>
       <c r="D42" t="s">
         <v>37</v>
       </c>
       <c r="E42" t="s">
         <v>38</v>
       </c>
       <c r="F42">
         <v>16</v>
       </c>
       <c r="G42">
         <v>0</v>
       </c>
       <c r="H42">
@@ -4936,81 +4936,81 @@
       <c r="O42" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE42" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG42" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>90</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>594Про звернення депутатів Трускавецької міської ради щодо скасування Законів України № 128-1Х і № 129-1Х</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>37</v>
       </c>
       <c r="E43" t="s">
         <v>52</v>
@@ -5045,81 +5045,81 @@
       <c r="O43" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>42</v>
       </c>
       <c r="U43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>42</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE43" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG43" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>91</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
           <t>596Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Об’єднанню співвласників багатоквартирного будинку «Галицький двір 14»</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>37</v>
       </c>
       <c r="E44" t="s">
         <v>52</v>
@@ -5154,81 +5154,81 @@
       <c r="O44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG44" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>92</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>597Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по зміні цільового призначення площею 0,0420га по вул.Шевченка,28 ТзОВ «Трускавець Апартамент»</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>37</v>
       </c>
       <c r="E45" t="s">
         <v>38</v>
@@ -5263,81 +5263,81 @@
       <c r="O45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P45" t="s" s="5">
         <v>42</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>47</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE45" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG45" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>93</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
           <t>598Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по зміні цільового призначення площею 0,1225га по вул.Шевченка,30 ТзОВ «Трускавець Апартамент»</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>37</v>
       </c>
       <c r="E46" t="s">
         <v>38</v>
@@ -5372,81 +5372,81 @@
       <c r="O46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P46" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG46" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI46" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>599Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Бортнянського Горічко О.С</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>37</v>
       </c>
       <c r="E47" t="s">
         <v>38</v>
@@ -5481,87 +5481,87 @@
       <c r="O47" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE47" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG47" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH47" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AI47" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>95</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>600Про припинення договору оренди землі та права користування земельною ділянкою площею 0,0219 га по вул. Бортнянського Горічко О.С.</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>37</v>
       </c>
       <c r="E48" t="s">
         <v>52</v>
       </c>
       <c r="F48">
         <v>12</v>
       </c>
       <c r="G48">
         <v>0</v>
@@ -5590,87 +5590,87 @@
       <c r="O48" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>42</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y48" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE48" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG48" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH48" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AI48" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>96</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>601Про розгляд заяв щодо укладення договорів оренди та встановлення розміру орендної плати</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>55</v>
       </c>
       <c r="E49" t="s">
         <v>52</v>
       </c>
       <c r="F49">
         <v>13</v>
       </c>
       <c r="G49">
         <v>0</v>
@@ -5699,81 +5699,81 @@
       <c r="O49" t="s" s="5">
         <v>42</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>42</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>42</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE49" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG49" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>40</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>