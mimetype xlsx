--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,87 +68,87 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
-  </si>
-[...10 lines deleted...]
-    <t>Савченко Олена Григорівна</t>
   </si>
   <si>
     <t>20.06.19  10:50:58</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 2</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
@@ -538,52 +538,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -737,57 +737,57 @@
       <c r="W2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>201Про розроблення детального плану території земельної ділянки за адресою вул.Суховоля,20</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>42</v>
@@ -846,57 +846,57 @@
       <c r="W3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>202Про розроблення детального плану території земельних ділянок за адресою вул.Т.Шевченка,28 та вул.Т.Шевченка,30</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>42</v>
@@ -931,81 +931,81 @@
       <c r="O4" t="s" s="5">
         <v>47</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>52</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>203Про затвердження містобудівної документації «Детальний план території земельної ділянки (кадастровий номер 4611500000:01:005:0037), розташованої за адресою бул. Торосевича,8 у м. Трускавці, для</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
@@ -1064,57 +1064,57 @@
       <c r="W5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>204Про розроблення детального плану території земельної ділянки за адресою вул.Грушевського,2</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
         <v>42</v>
@@ -1173,63 +1173,63 @@
       <c r="W6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>205Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) Дякон Г.І.</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>59</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
@@ -1261,78 +1261,78 @@
       <c r="P7" t="s" s="5">
         <v>47</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>47</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>47</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>206Про відмову в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Гарасимяк П.П.</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
@@ -1391,57 +1391,57 @@
       <c r="W8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>207Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки Домінку І.В.</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
@@ -1500,63 +1500,63 @@
       <c r="W9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH9" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI9" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>67</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>208Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки Нечай В.М.</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>62</v>
       </c>
       <c r="G10" t="s">
         <v>36</v>
@@ -1609,57 +1609,57 @@
       <c r="W10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>68</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>209Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки Нечай Н.В.</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
@@ -1718,57 +1718,57 @@
       <c r="W11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>210Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки Хром’як І.В.</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
@@ -1827,57 +1827,57 @@
       <c r="W12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE12" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>71</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>211Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ОСББ «Шарм» по вул. Шевченка,35</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
@@ -1915,78 +1915,78 @@
       <c r="P13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>47</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>212Про надання дозволу на виготовлення документації із землеустрою по поділу земельної ділянки площею 0,9898 га по вул.Помірецька,51 ПрАТ «Трускавецькурорт»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>42</v>
@@ -2021,84 +2021,84 @@
       <c r="O14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>47</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG14" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH14" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>213Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0060га по вул. Мазепи Кіндракевич В.В.</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>62</v>
@@ -2154,63 +2154,63 @@
       <c r="W15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG15" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH15" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI15" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>78</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>214Про затвердження проекту відведення земельної ділянки Відділу освіти Трускавецької міської ради</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>69</v>
       </c>
       <c r="G16" t="s">
         <v>36</v>
@@ -2242,78 +2242,78 @@
       <c r="P16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>47</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>79</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>215Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Данилишиних Беднарчуку Ю.Р.</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
@@ -2351,84 +2351,84 @@
       <c r="P17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>80</v>
       </c>
       <c r="C18" t="s" s="4">
         <v>81</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>59</v>
       </c>
       <c r="G18" t="s">
         <v>36</v>
       </c>
       <c r="H18" t="s">
@@ -2479,57 +2479,57 @@
       <c r="W18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>217Про припинення договору оренди землі та права користування земельною ділянкою площею 0,1200 га по вул. Данилишиних ПФ «Галицький двір», кадастровий номер - 4611500000:08:002:0010</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>34</v>
@@ -2564,81 +2564,81 @@
       <c r="O19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>47</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>218Про припинення договору оренди землі та права користування земельною ділянкою площею 0,0400 га по вул.Данилишиних ПФ «Галицький двір»</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>33</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
@@ -2673,81 +2673,81 @@
       <c r="O20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>47</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE20" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG20" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>219Про припинення договору оренди землі та права користування земельною ділянкою площею 0,0521 га по вул.Данилишиних ПФ «Галицький двір»</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>34</v>
@@ -2782,81 +2782,81 @@
       <c r="O21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>47</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>86</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>220Про припинення договору оренди землі та права користування земельною ділянкою площею 0,1200 га по вул.Данилишиних ПФ «Галицький двір», кадастровий номер - 4611500000:08:002:0005</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>33</v>
       </c>
       <c r="E22" t="s">
         <v>34</v>
@@ -2891,81 +2891,81 @@
       <c r="O22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>47</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>87</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>221Про надання ПФ «Галицький двір» земельної ділянки площею 0,0400га по вул. Данилишиних з кадастровим номером - 4611500000:08:002:0002 у користування на умовах оренди</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>34</v>
@@ -3000,81 +3000,81 @@
       <c r="O23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>47</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG23" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>88</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>222Про надання ПФ «Галицький двір» земельної ділянки площею 0,1200га по вул. Данилишиних з кадастровим номером - 4611500000:08:002:0010 у користування на умовах оренди</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>34</v>
@@ -3109,81 +3109,81 @@
       <c r="O24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>47</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG24" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>89</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>223Про надання ПФ «Галицький двір» земельної ділянки площею 0,1200га по вул. Данилишинихз кадастровим номером - 4611500000:08:002:0005 у користування на умовах оренди</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
@@ -3218,81 +3218,81 @@
       <c r="O25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>47</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG25" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>224Про надання ПФ «Галицький двір» земельної ділянки площею 0,0521га по вул. Данилишиних з кадастровим номером - 4611500000:08:002:0011 у користування на умовах оренди</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>34</v>
@@ -3327,81 +3327,81 @@
       <c r="O26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>47</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>91</v>
       </c>
       <c r="C27" t="s" s="4">
         <v>92</v>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>34</v>
       </c>
       <c r="F27" t="s">
@@ -3458,57 +3458,57 @@
       <c r="W27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>93</v>
       </c>
       <c r="C28" t="s" s="4">
         <v>94</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>34</v>
       </c>
       <c r="F28" t="s">
@@ -3565,57 +3565,57 @@
       <c r="W28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>95</v>
       </c>
       <c r="C29" t="s" s="4">
         <v>96</v>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
@@ -3648,81 +3648,81 @@
       <c r="O29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>46</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>99</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>229Про передачу основних засобів з балансу комунального підприємства «Трускавецьтепло» на баланс управління комунальної власності Трускавецької міської ради</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>34</v>
@@ -3781,57 +3781,57 @@
       <c r="W30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>101</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>230Про допущення претендентів до участі в конкурсі з визначення приватного партнера для здійснення державно-приватного партнерства щодо проекту «Створення Центру малоінвазивної хірургії</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
         <v>34</v>
@@ -3890,57 +3890,57 @@
       <c r="W31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE31" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>102</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>231Про затвердження ліквідаційного балансу ліквідаційної комісії комунального підприємства КП «Книги»</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>34</v>
@@ -3999,57 +3999,57 @@
       <c r="W32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE32" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>103</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>232Про надання згоди про передачу основних засобів (нерухомого майна) у комунальну власність територіальної громади м. Трускавця</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>33</v>
       </c>
       <c r="E33" t="s">
         <v>34</v>
@@ -4084,81 +4084,81 @@
       <c r="O33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y33" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>47</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>104</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>233Про затвердження Комплексної програми інформаційно-аналітичної роботи в інтересах органів державної влади та управління, протидії проявам терористичного характеру на території</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>33</v>
       </c>
       <c r="E34" t="s">
         <v>34</v>
@@ -4217,57 +4217,57 @@
       <c r="W34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>105</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>234Про передачу функції замовника з реалізації проекту «Реконструкція мереж водопостачання від вул. Стебницька до вул. Скоропадського в м.Трускавець Львівської області»</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>33</v>
       </c>
       <c r="E35" t="s">
         <v>34</v>
@@ -4326,57 +4326,57 @@
       <c r="W35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE35" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="36">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>106</v>
       </c>
       <c r="J36" t="s">
         <v>107</v>
       </c>
       <c r="K36" t="s">
         <v>106</v>
@@ -4393,87 +4393,87 @@
       <c r="O36" t="s">
         <v>110</v>
       </c>
       <c r="P36" t="s">
         <v>111</v>
       </c>
       <c r="Q36" t="s">
         <v>97</v>
       </c>
       <c r="R36" t="s">
         <v>106</v>
       </c>
       <c r="S36" t="s">
         <v>35</v>
       </c>
       <c r="T36" t="s">
         <v>112</v>
       </c>
       <c r="U36" t="s">
         <v>113</v>
       </c>
       <c r="V36" t="s">
         <v>110</v>
       </c>
       <c r="W36" t="s">
+        <v>113</v>
+      </c>
+      <c r="X36" t="s">
+        <v>114</v>
+      </c>
+      <c r="Y36" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="Z36" t="s">
         <v>106</v>
       </c>
       <c r="AA36" t="s">
         <v>108</v>
       </c>
       <c r="AB36" t="s">
         <v>115</v>
       </c>
       <c r="AC36" t="s">
         <v>116</v>
       </c>
       <c r="AD36" t="s">
         <v>114</v>
       </c>
       <c r="AE36" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="AF36" t="s">
         <v>106</v>
       </c>
       <c r="AG36" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="AH36" t="s">
         <v>112</v>
       </c>
       <c r="AI36" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="37">
       <c r="A37"/>
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>36</v>
       </c>
       <c r="J37" t="s">
         <v>50</v>
       </c>
       <c r="K37" t="s">
         <v>36</v>
       </c>
       <c r="L37" t="s">
         <v>36</v>
       </c>
       <c r="M37" t="s">
         <v>36</v>
@@ -4517,54 +4517,54 @@
       <c r="Z37" t="s">
         <v>36</v>
       </c>
       <c r="AA37" t="s">
         <v>36</v>
       </c>
       <c r="AB37" t="s">
         <v>50</v>
       </c>
       <c r="AC37" t="s">
         <v>74</v>
       </c>
       <c r="AD37" t="s">
         <v>36</v>
       </c>
       <c r="AE37" t="s">
         <v>36</v>
       </c>
       <c r="AF37" t="s">
         <v>36</v>
       </c>
       <c r="AG37" t="s">
         <v>36</v>
       </c>
       <c r="AH37" t="s">
+        <v>50</v>
+      </c>
+      <c r="AI37" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="38">
       <c r="A38"/>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>118</v>
       </c>
       <c r="J38" t="s">
         <v>119</v>
       </c>
       <c r="K38" t="s">
         <v>118</v>
       </c>
       <c r="L38" t="s">
         <v>120</v>
       </c>
       <c r="M38" t="s">
         <v>121</v>
@@ -4578,81 +4578,81 @@
       <c r="P38" t="s">
         <v>123</v>
       </c>
       <c r="Q38" t="s">
         <v>119</v>
       </c>
       <c r="R38" t="s">
         <v>118</v>
       </c>
       <c r="S38" t="s">
         <v>123</v>
       </c>
       <c r="T38" t="s">
         <v>119</v>
       </c>
       <c r="U38" t="s">
         <v>121</v>
       </c>
       <c r="V38" t="s">
         <v>121</v>
       </c>
       <c r="W38" t="s">
         <v>121</v>
       </c>
       <c r="X38" t="s">
+        <v>120</v>
+      </c>
+      <c r="Y38" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="Z38" t="s">
         <v>118</v>
       </c>
       <c r="AA38" t="s">
         <v>121</v>
       </c>
       <c r="AB38" t="s">
         <v>124</v>
       </c>
       <c r="AC38" t="s">
         <v>122</v>
       </c>
       <c r="AD38" t="s">
         <v>122</v>
       </c>
       <c r="AE38" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="AF38" t="s">
         <v>118</v>
       </c>
       <c r="AG38" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="AH38" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AI38" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="39">
       <c r="A39"/>
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>125</v>
       </c>
       <c r="J39" t="s">
         <v>126</v>
       </c>
       <c r="K39" t="s">
         <v>125</v>
       </c>
       <c r="L39" t="s">
         <v>127</v>
@@ -4666,57 +4666,57 @@
       <c r="O39" t="s">
         <v>126</v>
       </c>
       <c r="P39" t="s">
         <v>129</v>
       </c>
       <c r="Q39" t="s">
         <v>130</v>
       </c>
       <c r="R39" t="s">
         <v>125</v>
       </c>
       <c r="S39" t="s">
         <v>131</v>
       </c>
       <c r="T39" t="s">
         <v>130</v>
       </c>
       <c r="U39" t="s">
         <v>132</v>
       </c>
       <c r="V39" t="s">
         <v>125</v>
       </c>
       <c r="W39" t="s">
+        <v>132</v>
+      </c>
+      <c r="X39" t="s">
+        <v>133</v>
+      </c>
+      <c r="Y39" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="Z39" t="s">
         <v>125</v>
       </c>
       <c r="AA39" t="s">
         <v>128</v>
       </c>
       <c r="AB39" t="s">
         <v>125</v>
       </c>
       <c r="AC39" t="s">
         <v>130</v>
       </c>
       <c r="AD39" t="s">
         <v>128</v>
       </c>
       <c r="AE39" t="s">
         <v>125</v>
       </c>
       <c r="AF39" t="s">
         <v>125</v>
       </c>
       <c r="AG39" t="s">
         <v>125</v>
       </c>
@@ -4757,81 +4757,81 @@
       <c r="O40" t="s">
         <v>137</v>
       </c>
       <c r="P40" t="s">
         <v>137</v>
       </c>
       <c r="Q40" t="s">
         <v>138</v>
       </c>
       <c r="R40" t="s">
         <v>134</v>
       </c>
       <c r="S40" t="s">
         <v>139</v>
       </c>
       <c r="T40" t="s">
         <v>140</v>
       </c>
       <c r="U40" t="s">
         <v>137</v>
       </c>
       <c r="V40" t="s">
         <v>137</v>
       </c>
       <c r="W40" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="X40" t="s">
         <v>137</v>
       </c>
       <c r="Y40" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="Z40" t="s">
         <v>134</v>
       </c>
       <c r="AA40" t="s">
         <v>137</v>
       </c>
       <c r="AB40" t="s">
         <v>141</v>
       </c>
       <c r="AC40" t="s">
         <v>137</v>
       </c>
       <c r="AD40" t="s">
         <v>137</v>
       </c>
       <c r="AE40" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="AF40" t="s">
         <v>134</v>
       </c>
       <c r="AG40" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="AH40" t="s">
         <v>137</v>
       </c>
       <c r="AI40" t="s">
         <v>137</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">