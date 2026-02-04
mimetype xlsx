--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -26,210 +26,210 @@
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LVI сесія VII скликання</t>
   </si>
   <si>
     <t>Трускавецька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
+    <t>Грабовський Святослав Мирославович</t>
+  </si>
+  <si>
+    <t>Бучкович Роман Ярославович</t>
+  </si>
+  <si>
+    <t>Вовчанський Василь Іванович</t>
+  </si>
+  <si>
+    <t>Габшій Богдан Миколайович</t>
+  </si>
+  <si>
+    <t>Герльовський Іван Ігорович</t>
+  </si>
+  <si>
+    <t>Домбровська Зоряна Миколаївна</t>
+  </si>
+  <si>
+    <t>Карпин Олег Романович</t>
+  </si>
+  <si>
+    <t>Кенц-Березюк Іванна Михайлівна</t>
+  </si>
+  <si>
+    <t>Кісак Андрій Ігорович</t>
+  </si>
+  <si>
+    <t>Кіселичник Михайло Миколайович</t>
+  </si>
+  <si>
+    <t>Матолич Тарас Богданович</t>
+  </si>
+  <si>
+    <t>Мицько Мирослав Іванович</t>
+  </si>
+  <si>
+    <t>Наконечний Юрій Осипович</t>
+  </si>
+  <si>
+    <t>Остапчук Андрій Юрійович</t>
+  </si>
+  <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
+    <t>Сеньків Микола Васильович</t>
+  </si>
+  <si>
+    <t>Стародуб Анатолій Георгійович</t>
+  </si>
+  <si>
+    <t>Стасик Ігор Степанович</t>
+  </si>
+  <si>
+    <t>Степановна Андрій Федорович</t>
+  </si>
+  <si>
+    <t>Тимчишак Василь Іванович</t>
+  </si>
+  <si>
+    <t>Цехмейстер Руслан Костянтинович</t>
+  </si>
+  <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
     <t>Савченко Олена Григорівна</t>
   </si>
   <si>
-    <t>Пономаренко Наталія Анатоліївна</t>
-[...7 lines deleted...]
-  <si>
     <t>Кульчинський Андрій Богданович</t>
   </si>
   <si>
-    <t>Цехмейстер Руслан Костянтинович</t>
-[...64 lines deleted...]
-  <si>
     <t>11.06.19  11:35:53</t>
   </si>
   <si>
     <t>184Про присвоєння звання «Почесний громадянин міста Трускавця»</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
+    <t>Не голос.</t>
+  </si>
+  <si>
     <t>За</t>
   </si>
   <si>
-    <t>Не голос.</t>
-[...1 lines deleted...]
-  <si>
     <t>11.06.19  11:09:47</t>
   </si>
   <si>
     <t>183Про утворення тимчасової лічильної комісії</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>11.06.19  11:07:08</t>
   </si>
   <si>
     <t>182Про внесення змін до показників бюджету міста Трускавця на 2019 рік</t>
   </si>
   <si>
     <t>11.06.19  10:59:55</t>
   </si>
   <si>
     <t>11.06.19  10:54:30</t>
   </si>
   <si>
     <t>11.06.19  10:52:34</t>
   </si>
   <si>
     <t>За: 16</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
+    <t>За: 4</t>
+  </si>
+  <si>
     <t>За: 6</t>
   </si>
   <si>
     <t>За: 5</t>
   </si>
   <si>
-    <t>За: 4</t>
-[...1 lines deleted...]
-  <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
     <t>Не голос.: 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Відсут.: 6</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -295,52 +295,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="51"/>
-    <col min="35" max="35" width="60"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -438,749 +438,749 @@
       <c r="E2" t="s">
         <v>35</v>
       </c>
       <c r="F2" t="s">
         <v>36</v>
       </c>
       <c r="G2" t="s">
         <v>37</v>
       </c>
       <c r="H2" t="s">
         <v>38</v>
       </c>
       <c r="I2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="J2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="K2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="O2" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="P2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="R2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="T2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z2" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AA2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AB2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AI2" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>42</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>43</v>
       </c>
       <c r="D3" t="s">
         <v>34</v>
       </c>
       <c r="E3" t="s">
         <v>35</v>
       </c>
       <c r="F3" t="s">
         <v>44</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="J3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="O3" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="R3" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="S3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="T3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="V3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z3" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AA3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AB3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC3" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>45</v>
       </c>
       <c r="C4" t="s" s="4">
         <v>46</v>
       </c>
       <c r="D4" t="s">
         <v>34</v>
       </c>
       <c r="E4" t="s">
         <v>35</v>
       </c>
       <c r="F4" t="s">
         <v>44</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
       <c r="H4" t="s">
         <v>38</v>
       </c>
       <c r="I4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AB4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>181Про створення парку пам’ятки садово-паркового мистецтва загальнодержавного значення «Адамівка» в м. Трускавець</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>34</v>
       </c>
       <c r="E5" t="s">
         <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>44</v>
       </c>
       <c r="G5" t="s">
         <v>37</v>
       </c>
       <c r="H5" t="s">
         <v>38</v>
       </c>
       <c r="I5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>180Про надання дозволу Трускавецькій міській раді на виготовлення документації із землеустрою щодо об’єднання земельних ділянок</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>44</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>179Про затвердження проекту землеустрою щодо відведення земельної ділянки по вул. Роксолани площею 2,1647га для продажу на земельних торгах (аукціоні) права оренди .</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
       <c r="I7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="J7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="K7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="L7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="M7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="N7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="O7" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AB7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH7" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AI7" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>51</v>
       </c>
       <c r="J8" t="s">
         <v>52</v>
       </c>
       <c r="K8" t="s">
         <v>51</v>
       </c>
       <c r="L8" t="s">
         <v>51</v>
       </c>
       <c r="M8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="N8" t="s">
         <v>51</v>
       </c>
       <c r="O8" t="s">
+        <v>53</v>
+      </c>
+      <c r="P8" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>53</v>
+      </c>
+      <c r="R8" t="s">
         <v>51</v>
       </c>
-      <c r="P8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="U8" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="V8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="W8" t="s">
         <v>53</v>
       </c>
       <c r="X8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Y8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="Z8" t="s">
+        <v>53</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>53</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>53</v>
+      </c>
+      <c r="AC8" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AD8" t="s">
         <v>51</v>
       </c>
       <c r="AE8" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="AF8" t="s">
         <v>51</v>
       </c>
       <c r="AG8" t="s">
+        <v>53</v>
+      </c>
+      <c r="AH8" t="s">
         <v>51</v>
       </c>
-      <c r="AH8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AI8" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>37</v>
       </c>
       <c r="J9" t="s">
         <v>37</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
       <c r="L9" t="s">
         <v>37</v>
       </c>
       <c r="M9" t="s">
         <v>37</v>
@@ -1334,217 +1334,217 @@
         <v>55</v>
       </c>
       <c r="AG10" t="s">
         <v>55</v>
       </c>
       <c r="AH10" t="s">
         <v>55</v>
       </c>
       <c r="AI10" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11">
       <c r="A11"/>
       <c r="B11"/>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>56</v>
       </c>
       <c r="J11" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K11" t="s">
         <v>56</v>
       </c>
       <c r="L11" t="s">
         <v>56</v>
       </c>
       <c r="M11" t="s">
         <v>56</v>
       </c>
       <c r="N11" t="s">
         <v>56</v>
       </c>
       <c r="O11" t="s">
         <v>56</v>
       </c>
       <c r="P11" t="s">
         <v>56</v>
       </c>
       <c r="Q11" t="s">
         <v>56</v>
       </c>
       <c r="R11" t="s">
         <v>56</v>
       </c>
       <c r="S11" t="s">
         <v>56</v>
       </c>
       <c r="T11" t="s">
         <v>56</v>
       </c>
       <c r="U11" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="V11" t="s">
         <v>56</v>
       </c>
       <c r="W11" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="X11" t="s">
         <v>56</v>
       </c>
       <c r="Y11" t="s">
         <v>56</v>
       </c>
       <c r="Z11" t="s">
         <v>56</v>
       </c>
       <c r="AA11" t="s">
         <v>56</v>
       </c>
       <c r="AB11" t="s">
         <v>56</v>
       </c>
       <c r="AC11" t="s">
         <v>56</v>
       </c>
       <c r="AD11" t="s">
         <v>56</v>
       </c>
       <c r="AE11" t="s">
         <v>56</v>
       </c>
       <c r="AF11" t="s">
         <v>56</v>
       </c>
       <c r="AG11" t="s">
         <v>56</v>
       </c>
       <c r="AH11" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="AI11" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>59</v>
       </c>
       <c r="J12" t="s">
         <v>60</v>
       </c>
       <c r="K12" t="s">
         <v>59</v>
       </c>
       <c r="L12" t="s">
         <v>59</v>
       </c>
       <c r="M12" t="s">
         <v>60</v>
       </c>
       <c r="N12" t="s">
         <v>59</v>
       </c>
       <c r="O12" t="s">
+        <v>60</v>
+      </c>
+      <c r="P12" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>60</v>
+      </c>
+      <c r="R12" t="s">
         <v>59</v>
       </c>
-      <c r="P12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S12" t="s">
         <v>60</v>
       </c>
       <c r="T12" t="s">
         <v>60</v>
       </c>
       <c r="U12" t="s">
         <v>60</v>
       </c>
       <c r="V12" t="s">
         <v>60</v>
       </c>
       <c r="W12" t="s">
         <v>60</v>
       </c>
       <c r="X12" t="s">
         <v>60</v>
       </c>
       <c r="Y12" t="s">
         <v>60</v>
       </c>
       <c r="Z12" t="s">
+        <v>60</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>60</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>60</v>
+      </c>
+      <c r="AC12" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>60</v>
       </c>
       <c r="AD12" t="s">
         <v>59</v>
       </c>
       <c r="AE12" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="AF12" t="s">
         <v>59</v>
       </c>
       <c r="AG12" t="s">
+        <v>60</v>
+      </c>
+      <c r="AH12" t="s">
         <v>59</v>
       </c>
-      <c r="AH12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AI12" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>