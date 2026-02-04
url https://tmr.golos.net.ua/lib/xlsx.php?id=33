--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,87 +68,87 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
-  </si>
-[...10 lines deleted...]
-    <t>Савченко Олена Григорівна</t>
   </si>
   <si>
     <t>17.09.20  10:39:25</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
@@ -370,52 +370,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -569,54 +569,54 @@
       <c r="W2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>992Про затвердження Програми соціальної підтримки окремих категорій мешканців м. Трускавця на 2018-2020 рр в новій редакції</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>33</v>
@@ -678,54 +678,54 @@
       <c r="W3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>993Про внесення змін до Міської цільової соціальної програми роботи з сім`ями, дітьми та молоддю на 2016-2020 роки</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>33</v>
@@ -787,54 +787,54 @@
       <c r="W4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>994Про надання згоди на реалізаціюпроекту цільових екологічних(зелених) інвестицій та пропозицій щодо здійснення заходів,пов`язаних з реалізацією такого проекту і виконаннямзобов`язань</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>33</v>
@@ -896,54 +896,54 @@
       <c r="W5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s" s="4">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>33</v>
       </c>
       <c r="E6" t="s">
@@ -1003,54 +1003,54 @@
       <c r="W6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>996Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Ваверчаку В.П.</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>33</v>
@@ -1091,75 +1091,75 @@
       <c r="P7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>50</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>997Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Лутчин М.Б.</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>33</v>
@@ -1221,54 +1221,54 @@
       <c r="W8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>998Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Станішовському В.Л.</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>33</v>
@@ -1330,54 +1330,54 @@
       <c r="W9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>999Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Шіхт Г.М..</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>33</v>
@@ -1439,54 +1439,54 @@
       <c r="W10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>53</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>1000Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Юркевич І.І.</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>33</v>
@@ -1548,57 +1548,57 @@
       <c r="W11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>54</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>1001Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Гресько Ю.В.</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>33</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
@@ -1657,54 +1657,54 @@
       <c r="W12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE12" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>1002Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Славич О.В..</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>33</v>
@@ -1766,54 +1766,54 @@
       <c r="W13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>56</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>1003Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Янів Д.М.</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>33</v>
@@ -1875,54 +1875,54 @@
       <c r="W14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>57</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>1004Про надання дозволу на виготовлення документації із землеустрою по поділу земельної ділянки по вул. Мазепи,21 площею 0,1645га Струбіцькій Л..М.</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>33</v>
@@ -1984,54 +1984,54 @@
       <c r="W15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>58</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>1005Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул.Річки,15а</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>33</v>
@@ -2069,84 +2069,84 @@
       <c r="O16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH16" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>60</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>1006Про затвердження проекту землеустрою щодо відведення земельної ділянки в постійне користування Релігійній громаді Української Православної Церкви Київського Патріархату в м. Трускавець</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
         <v>35</v>
@@ -2202,54 +2202,54 @@
       <c r="W17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>61</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>1007Про надання земельної ділянки площею 0, 0956 га по вул. Івасюка в м. Трускавець в постійне користування Релігійній громаді Української Православної Церкви Київського Патріархату в м.</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>33</v>
@@ -2311,54 +2311,54 @@
       <c r="W18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>62</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>1008Про надання земельної ділянки площею 0, 0956 га по вул. Івасюка в м. Трускавець в постійне користування Релігійній громаді Української Православної Церкви Київського Патріархату в м.</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>33</v>
@@ -2420,54 +2420,54 @@
       <c r="W19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>63</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>1009Про відмову в поновленні договору оренди земельної ділянки на вул. Джерельній,5 в м. Трускавці Скорику Ю.Р та Чебаненку О. І.</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>33</v>
@@ -2505,87 +2505,87 @@
       <c r="O20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE20" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AF20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG20" t="s" s="5">
         <v>67</v>
       </c>
-      <c r="AF20" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="AH20" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI20" t="s" s="5">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>68</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>1010Про дозвіл на виготовлення експертної грошової оцінки земельної ділянки площею 0,0952 га по вул. Стебницькій,65-Б Лагдан Ю.О., Бик Ю.І.</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>34</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
         <v>36</v>
@@ -2638,54 +2638,54 @@
       <c r="W21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>69</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>1011Про внесення змін у рішення міської ради № 1874 від 27.08.2020 року «Про надання у власність Земельної ділянки площею 0,1 га по вул. Помірецька, 40»</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>33</v>
@@ -2747,54 +2747,54 @@
       <c r="W22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="23">
       <c r="A23"/>
       <c r="B23"/>
       <c r="C23"/>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>71</v>
       </c>
       <c r="J23" t="s">
         <v>49</v>
@@ -2838,63 +2838,63 @@
       <c r="W23" t="s">
         <v>45</v>
       </c>
       <c r="X23" t="s">
         <v>45</v>
       </c>
       <c r="Y23" t="s">
         <v>45</v>
       </c>
       <c r="Z23" t="s">
         <v>73</v>
       </c>
       <c r="AA23" t="s">
         <v>42</v>
       </c>
       <c r="AB23" t="s">
         <v>42</v>
       </c>
       <c r="AC23" t="s">
         <v>71</v>
       </c>
       <c r="AD23" t="s">
         <v>42</v>
       </c>
       <c r="AE23" t="s">
+        <v>71</v>
+      </c>
+      <c r="AF23" t="s">
         <v>45</v>
       </c>
-      <c r="AF23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG23" t="s">
+        <v>42</v>
+      </c>
+      <c r="AH23" t="s">
+        <v>73</v>
+      </c>
+      <c r="AI23" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="24">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>36</v>
       </c>
       <c r="J24" t="s">
         <v>36</v>
       </c>
       <c r="K24" t="s">
         <v>36</v>
       </c>
       <c r="L24" t="s">
         <v>36</v>
       </c>
       <c r="M24" t="s">
         <v>36</v>
@@ -3020,63 +3020,63 @@
       <c r="W25" t="s">
         <v>74</v>
       </c>
       <c r="X25" t="s">
         <v>74</v>
       </c>
       <c r="Y25" t="s">
         <v>74</v>
       </c>
       <c r="Z25" t="s">
         <v>74</v>
       </c>
       <c r="AA25" t="s">
         <v>74</v>
       </c>
       <c r="AB25" t="s">
         <v>74</v>
       </c>
       <c r="AC25" t="s">
         <v>74</v>
       </c>
       <c r="AD25" t="s">
         <v>74</v>
       </c>
       <c r="AE25" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AF25" t="s">
         <v>74</v>
       </c>
       <c r="AG25" t="s">
+        <v>75</v>
+      </c>
+      <c r="AH25" t="s">
         <v>74</v>
       </c>
-      <c r="AH25" t="s">
+      <c r="AI25" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="26">
       <c r="A26"/>
       <c r="B26"/>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>76</v>
       </c>
       <c r="J26" t="s">
         <v>77</v>
       </c>
       <c r="K26" t="s">
         <v>76</v>
       </c>
       <c r="L26" t="s">
         <v>77</v>
       </c>
       <c r="M26" t="s">
         <v>78</v>
@@ -3114,57 +3114,57 @@
       <c r="X26" t="s">
         <v>78</v>
       </c>
       <c r="Y26" t="s">
         <v>78</v>
       </c>
       <c r="Z26" t="s">
         <v>76</v>
       </c>
       <c r="AA26" t="s">
         <v>81</v>
       </c>
       <c r="AB26" t="s">
         <v>81</v>
       </c>
       <c r="AC26" t="s">
         <v>76</v>
       </c>
       <c r="AD26" t="s">
         <v>81</v>
       </c>
       <c r="AE26" t="s">
         <v>76</v>
       </c>
       <c r="AF26" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="AG26" t="s">
         <v>78</v>
       </c>
       <c r="AH26" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="AI26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27">
       <c r="A27"/>
       <c r="B27"/>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>82</v>
       </c>
       <c r="J27" t="s">
         <v>83</v>
       </c>
       <c r="K27" t="s">
         <v>82</v>
       </c>
       <c r="L27" t="s">
         <v>83</v>
@@ -3202,54 +3202,54 @@
       <c r="W27" t="s">
         <v>83</v>
       </c>
       <c r="X27" t="s">
         <v>83</v>
       </c>
       <c r="Y27" t="s">
         <v>83</v>
       </c>
       <c r="Z27" t="s">
         <v>83</v>
       </c>
       <c r="AA27" t="s">
         <v>83</v>
       </c>
       <c r="AB27" t="s">
         <v>83</v>
       </c>
       <c r="AC27" t="s">
         <v>82</v>
       </c>
       <c r="AD27" t="s">
         <v>83</v>
       </c>
       <c r="AE27" t="s">
+        <v>82</v>
+      </c>
+      <c r="AF27" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="AG27" t="s">
         <v>83</v>
       </c>
       <c r="AH27" t="s">
         <v>83</v>
       </c>
       <c r="AI27" t="s">
         <v>83</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>