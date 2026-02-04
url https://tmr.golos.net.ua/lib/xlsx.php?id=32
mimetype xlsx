--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,89 +68,89 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
   </si>
   <si>
-    <t>Яворський Юрій Михайлович</t>
-[...10 lines deleted...]
-  <si>
     <t>27.08.20  10:33:50</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>За</t>
@@ -431,90 +431,90 @@
   <si>
     <t>27.08.20  12:21:54</t>
   </si>
   <si>
     <t>27.08.20  12:24:25</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 3</t>
   </si>
   <si>
     <t>За: 43</t>
   </si>
   <si>
     <t>За: 49</t>
   </si>
   <si>
     <t>За: 52</t>
   </si>
   <si>
     <t>За: 55</t>
   </si>
   <si>
+    <t>За: 40</t>
+  </si>
+  <si>
     <t>За: 54</t>
   </si>
   <si>
-    <t>За: 40</t>
+    <t>За: 50</t>
   </si>
   <si>
     <t>За: 56</t>
   </si>
   <si>
-    <t>За: 50</t>
-[...1 lines deleted...]
-  <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
     <t>Утр.: 5</t>
   </si>
   <si>
     <t>Утр.: 6</t>
   </si>
   <si>
+    <t>Утр.: 1</t>
+  </si>
+  <si>
     <t>Утр.: 4</t>
   </si>
   <si>
-    <t>Утр.: 1</t>
+    <t>Утр.: 10</t>
+  </si>
+  <si>
+    <t>Утр.: 11</t>
   </si>
   <si>
     <t>Утр.: 3</t>
-  </si>
-[...4 lines deleted...]
-    <t>Утр.: 11</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Не голос.: 13</t>
   </si>
   <si>
     <t>Не голос.: 11</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 45</t>
   </si>
   <si>
     <t>Не голос.: 5</t>
   </si>
   <si>
     <t>Не голос.: 7</t>
   </si>
@@ -634,52 +634,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -833,54 +833,54 @@
       <c r="W2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>925Про створення комунальної установи «Центр професійного розвитку педагогічних працівників» Трускавецької міської ради Львівської області</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>33</v>
@@ -942,54 +942,54 @@
       <c r="W3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>926Про надання пільги з орендної плати за об’єкти майна комунальної власності територіальної громади міста Трускавця, які орендують в КП «Парк Курортний»</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>43</v>
@@ -1051,54 +1051,54 @@
       <c r="W4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="s" s="4">
         <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
@@ -1158,54 +1158,54 @@
       <c r="W5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>48</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>928Про надання пільги з орендної плати за об’єкти майна комунальної власності територіальної громади міста Трускавця, які орендують в КП «Парк Курортний»</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>33</v>
@@ -1267,57 +1267,57 @@
       <c r="W6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>52</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>929Про внесення змін до рішення міської ради №1691 від 14.04.2020р. «Про затвердження міської цільової Програми із забезпечення діяльності ТзОВ «Трускавецький водоканал» на 2020 рік»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
@@ -1376,60 +1376,60 @@
       <c r="W7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AF7" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG7" t="s" s="5">
         <v>51</v>
       </c>
-      <c r="AG7" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AH7" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>55</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>930Про надання дозволу на виготовлення документації із землеустрою по поділу земельної ділянки по вул. Івасюка,9 площею 0,1266 га Лозі М.М.</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>56</v>
       </c>
       <c r="F8" t="s">
         <v>57</v>
@@ -1461,84 +1461,84 @@
       <c r="O8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AF8" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG8" t="s" s="5">
         <v>51</v>
       </c>
-      <c r="AG8" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AH8" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>61</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>931Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,1га по вул. Помірецькій Козінському Д.О.</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>62</v>
@@ -1570,78 +1570,78 @@
       <c r="O9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W9" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="X9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y9" t="s" s="5">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AF9" t="s" s="5">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>64</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>932Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,001га по вул. Помірецькій Сенюті І.О.</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>33</v>
@@ -1682,78 +1682,78 @@
       <c r="P10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AF10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG10" t="s" s="5">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>67</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>933Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Об’єднанню співвласників багатоквартирного будинку «Відродження-77» по вул. Стебницькій,66</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
@@ -1791,54 +1791,54 @@
       <c r="P11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>40</v>
       </c>
@@ -1900,54 +1900,54 @@
       <c r="P12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y12" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>40</v>
       </c>
@@ -2009,54 +2009,54 @@
       <c r="P13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>40</v>
       </c>
@@ -2113,87 +2113,87 @@
       <c r="O14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y14" t="s" s="5">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AF14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG14" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH14" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI14" t="s" s="5">
         <v>51</v>
-      </c>
-[...10 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>74</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>937Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Об’єднанню співвласників багатоквартирного будинку «Центральне-2017» по вул. Івасюка,1</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>56</v>
       </c>
       <c r="F15" t="s">
         <v>75</v>
       </c>
       <c r="G15" t="s">
         <v>36</v>
@@ -2225,54 +2225,54 @@
       <c r="P15" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>40</v>
       </c>
@@ -2334,54 +2334,54 @@
       <c r="P16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>40</v>
       </c>
@@ -2443,54 +2443,54 @@
       <c r="P17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>40</v>
       </c>
@@ -2552,54 +2552,54 @@
       <c r="P18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>40</v>
       </c>
@@ -2770,78 +2770,78 @@
       <c r="P20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF20" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG20" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>943Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0024га по вул. Стебницькій Неміровському Р. Б.</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>34</v>
@@ -4727,87 +4727,87 @@
       <c r="O38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH38" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AI38" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>101</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>961Про відмову в наданні дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,001га по вул. Помірецькій Сенюті І.О.</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>33</v>
       </c>
       <c r="E39" t="s">
         <v>56</v>
       </c>
       <c r="F39" t="s">
         <v>73</v>
       </c>
       <c r="G39" t="s">
         <v>58</v>
@@ -4839,84 +4839,84 @@
       <c r="P39" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y39" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH39" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AI39" t="s" s="5">
-        <v>51</v>
+        <v>39</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>102</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>962Про відмову в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки з кадастровим номером 4611500000:06:003:0037 по вул. Мазепи для благоустрою</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>34</v>
       </c>
       <c r="F40" t="s">
         <v>77</v>
       </c>
       <c r="G40" t="s">
         <v>36</v>
@@ -5163,84 +5163,84 @@
       <c r="O42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W42" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X42" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Y42" t="s" s="5">
         <v>51</v>
       </c>
-      <c r="X42" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG42" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AH42" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>105</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>965Про розірвання договору оренди землі та права користування земельною ділянкою площею 0,0023 га по вул.Бориславській Швець П.К.</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>34</v>
       </c>
       <c r="F43" t="s">
         <v>69</v>
@@ -5595,87 +5595,87 @@
       <c r="O46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF46" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG46" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI46" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>113</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>969Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Стебницькій</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>43</v>
       </c>
       <c r="E47" t="s">
         <v>56</v>
       </c>
       <c r="F47" t="s">
         <v>62</v>
       </c>
       <c r="G47" t="s">
         <v>36</v>
@@ -5704,87 +5704,87 @@
       <c r="O47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W47" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X47" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y47" t="s" s="5">
         <v>51</v>
       </c>
-      <c r="X47" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE47" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI47" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>115</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>970Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Стебницькій</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>33</v>
       </c>
       <c r="E48" t="s">
         <v>56</v>
       </c>
       <c r="F48" t="s">
         <v>75</v>
       </c>
       <c r="G48" t="s">
         <v>36</v>
@@ -5813,84 +5813,84 @@
       <c r="O48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG48" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AH48" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>116</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>971Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Бойківській</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>56</v>
       </c>
       <c r="F49" t="s">
         <v>117</v>
@@ -5922,87 +5922,87 @@
       <c r="O49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="Y49" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF49" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG49" t="s" s="5">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>51</v>
       </c>
       <c r="AI49" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>118</v>
       </c>
       <c r="C50" t="s" s="4">
         <v>119</v>
       </c>
       <c r="D50" t="s">
         <v>43</v>
       </c>
       <c r="E50" t="s">
         <v>34</v>
       </c>
       <c r="F50" t="s">
         <v>53</v>
       </c>
       <c r="G50" t="s">
         <v>36</v>
       </c>
       <c r="H50" t="s">
@@ -6032,84 +6032,84 @@
       <c r="P50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH50" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AI50" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>120</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>973Пропозиція Малащака М щодо дозволу на виготовлення експертної оцінки зем діл по вул мазепи Славич К.Г.</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>47</v>
       </c>
       <c r="E51" t="s">
         <v>34</v>
       </c>
       <c r="F51" t="s">
         <v>53</v>
       </c>
       <c r="G51" t="s">
         <v>36</v>
@@ -6141,84 +6141,84 @@
       <c r="P51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y51" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH51" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AI51" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>121</v>
       </c>
       <c r="C52" t="s" s="4">
         <v>122</v>
       </c>
       <c r="D52" t="s">
         <v>33</v>
       </c>
       <c r="E52" t="s">
         <v>56</v>
       </c>
       <c r="F52" t="s">
         <v>75</v>
       </c>
       <c r="G52" t="s">
         <v>36</v>
       </c>
       <c r="H52" t="s">
@@ -6248,84 +6248,84 @@
       <c r="P52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y52" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH52" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AI52" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>123</v>
       </c>
       <c r="C53" t="s" s="4">
         <v>124</v>
       </c>
       <c r="D53" t="s">
         <v>33</v>
       </c>
       <c r="E53" t="s">
         <v>34</v>
       </c>
       <c r="F53" t="s">
         <v>53</v>
       </c>
       <c r="G53" t="s">
         <v>36</v>
       </c>
       <c r="H53" t="s">
@@ -6355,84 +6355,84 @@
       <c r="P53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH53" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AI53" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>125</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>976Про внесення змін в рішення міської ради №1840 від 23.07.2020р. «Про затвердження переліку та умов продажу земельної ділянки кадастровий номер 4611500000: 07 : 003 : 0070 право власності на яку підлягає</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>43</v>
       </c>
       <c r="E54" t="s">
         <v>34</v>
       </c>
       <c r="F54" t="s">
         <v>69</v>
       </c>
       <c r="G54" t="s">
         <v>36</v>
@@ -6925,54 +6925,54 @@
       <c r="Y58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG58" t="s" s="5">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="AH58" t="s" s="5">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>131</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>981Про звернення депутатів Трускавецької міської ради до Кабінету Міністрів України щодо заборони в’їзду іноземців на територію України</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>33</v>
       </c>
       <c r="E59" t="s">
         <v>34</v>
       </c>
       <c r="F59" t="s">
         <v>53</v>
@@ -7007,54 +7007,54 @@
       <c r="P59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X59" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>40</v>
       </c>
@@ -7313,87 +7313,87 @@
       <c r="O62" t="s">
         <v>77</v>
       </c>
       <c r="P62" t="s">
         <v>138</v>
       </c>
       <c r="Q62" t="s">
         <v>62</v>
       </c>
       <c r="R62" t="s">
         <v>134</v>
       </c>
       <c r="S62" t="s">
         <v>62</v>
       </c>
       <c r="T62" t="s">
         <v>134</v>
       </c>
       <c r="U62" t="s">
         <v>139</v>
       </c>
       <c r="V62" t="s">
         <v>134</v>
       </c>
       <c r="W62" t="s">
+        <v>138</v>
+      </c>
+      <c r="X62" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="Y62" t="s">
         <v>141</v>
       </c>
       <c r="Z62" t="s">
         <v>134</v>
       </c>
       <c r="AA62" t="s">
         <v>138</v>
       </c>
       <c r="AB62" t="s">
         <v>139</v>
       </c>
       <c r="AC62" t="s">
         <v>134</v>
       </c>
       <c r="AD62" t="s">
         <v>137</v>
       </c>
       <c r="AE62" t="s">
         <v>142</v>
       </c>
       <c r="AF62" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="AG62" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="AH62" t="s">
         <v>137</v>
       </c>
       <c r="AI62" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
     </row>
     <row r="63">
       <c r="A63"/>
       <c r="B63"/>
       <c r="C63"/>
       <c r="D63"/>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63"/>
       <c r="I63" t="s">
         <v>36</v>
       </c>
       <c r="J63" t="s">
         <v>36</v>
       </c>
       <c r="K63" t="s">
         <v>36</v>
       </c>
       <c r="L63" t="s">
         <v>36</v>
       </c>
       <c r="M63" t="s">
         <v>36</v>
@@ -7495,81 +7495,81 @@
       <c r="O64" t="s">
         <v>145</v>
       </c>
       <c r="P64" t="s">
         <v>148</v>
       </c>
       <c r="Q64" t="s">
         <v>145</v>
       </c>
       <c r="R64" t="s">
         <v>145</v>
       </c>
       <c r="S64" t="s">
         <v>145</v>
       </c>
       <c r="T64" t="s">
         <v>145</v>
       </c>
       <c r="U64" t="s">
         <v>145</v>
       </c>
       <c r="V64" t="s">
         <v>145</v>
       </c>
       <c r="W64" t="s">
+        <v>145</v>
+      </c>
+      <c r="X64" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="Y64" t="s">
         <v>150</v>
       </c>
       <c r="Z64" t="s">
         <v>145</v>
       </c>
       <c r="AA64" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="AB64" t="s">
         <v>146</v>
       </c>
       <c r="AC64" t="s">
         <v>145</v>
       </c>
       <c r="AD64" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AE64" t="s">
+        <v>147</v>
+      </c>
+      <c r="AF64" t="s">
+        <v>146</v>
+      </c>
+      <c r="AG64" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="AH64" t="s">
         <v>152</v>
       </c>
       <c r="AI64" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="65">
       <c r="A65"/>
       <c r="B65"/>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65"/>
       <c r="I65" t="s">
         <v>154</v>
       </c>
       <c r="J65" t="s">
         <v>155</v>
       </c>
       <c r="K65" t="s">
         <v>156</v>
@@ -7586,87 +7586,87 @@
       <c r="O65" t="s">
         <v>159</v>
       </c>
       <c r="P65" t="s">
         <v>155</v>
       </c>
       <c r="Q65" t="s">
         <v>155</v>
       </c>
       <c r="R65" t="s">
         <v>154</v>
       </c>
       <c r="S65" t="s">
         <v>154</v>
       </c>
       <c r="T65" t="s">
         <v>154</v>
       </c>
       <c r="U65" t="s">
         <v>160</v>
       </c>
       <c r="V65" t="s">
         <v>154</v>
       </c>
       <c r="W65" t="s">
+        <v>161</v>
+      </c>
+      <c r="X65" t="s">
+        <v>162</v>
+      </c>
+      <c r="Y65" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="Z65" t="s">
         <v>154</v>
       </c>
       <c r="AA65" t="s">
         <v>163</v>
       </c>
       <c r="AB65" t="s">
         <v>158</v>
       </c>
       <c r="AC65" t="s">
         <v>154</v>
       </c>
       <c r="AD65" t="s">
         <v>164</v>
       </c>
       <c r="AE65" t="s">
         <v>165</v>
       </c>
       <c r="AF65" t="s">
+        <v>158</v>
+      </c>
+      <c r="AG65" t="s">
         <v>165</v>
       </c>
-      <c r="AG65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AH65" t="s">
+        <v>154</v>
+      </c>
+      <c r="AI65" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="66">
       <c r="A66"/>
       <c r="B66"/>
       <c r="C66"/>
       <c r="D66"/>
       <c r="E66"/>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66"/>
       <c r="I66" t="s">
         <v>166</v>
       </c>
       <c r="J66" t="s">
         <v>167</v>
       </c>
       <c r="K66" t="s">
         <v>168</v>
       </c>
       <c r="L66" t="s">
         <v>169</v>
       </c>
       <c r="M66" t="s">
         <v>170</v>
@@ -7677,78 +7677,78 @@
       <c r="O66" t="s">
         <v>169</v>
       </c>
       <c r="P66" t="s">
         <v>169</v>
       </c>
       <c r="Q66" t="s">
         <v>171</v>
       </c>
       <c r="R66" t="s">
         <v>166</v>
       </c>
       <c r="S66" t="s">
         <v>167</v>
       </c>
       <c r="T66" t="s">
         <v>166</v>
       </c>
       <c r="U66" t="s">
         <v>169</v>
       </c>
       <c r="V66" t="s">
         <v>166</v>
       </c>
       <c r="W66" t="s">
+        <v>172</v>
+      </c>
+      <c r="X66" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="Y66" t="s">
         <v>169</v>
       </c>
       <c r="Z66" t="s">
         <v>166</v>
       </c>
       <c r="AA66" t="s">
         <v>169</v>
       </c>
       <c r="AB66" t="s">
         <v>169</v>
       </c>
       <c r="AC66" t="s">
         <v>166</v>
       </c>
       <c r="AD66" t="s">
         <v>169</v>
       </c>
       <c r="AE66" t="s">
+        <v>173</v>
+      </c>
+      <c r="AF66" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="AG66" t="s">
         <v>169</v>
       </c>
       <c r="AH66" t="s">
         <v>169</v>
       </c>
       <c r="AI66" t="s">
         <v>169</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>