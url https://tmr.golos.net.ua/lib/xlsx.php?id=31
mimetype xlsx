--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,89 +68,89 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
   </si>
   <si>
-    <t>Яворський Юрій Михайлович</t>
-[...10 lines deleted...]
-  <si>
     <t>23.07.20  10:47:31</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Не голос.</t>
@@ -440,56 +440,56 @@
   <si>
     <t>За: 33</t>
   </si>
   <si>
     <t>За: 39</t>
   </si>
   <si>
     <t>За: 46</t>
   </si>
   <si>
     <t>За: 34</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>За: 37</t>
   </si>
   <si>
     <t>За: 35</t>
   </si>
   <si>
     <t>За: 45</t>
   </si>
   <si>
+    <t>За: 44</t>
+  </si>
+  <si>
     <t>За: 47</t>
   </si>
   <si>
-    <t>За: 44</t>
-[...1 lines deleted...]
-  <si>
     <t>За: 43</t>
   </si>
   <si>
     <t>За: 42</t>
   </si>
   <si>
     <t>За: 48</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 7</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
     <t>Утр.: 12</t>
   </si>
   <si>
     <t>Утр.: 10</t>
@@ -512,60 +512,60 @@
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 11</t>
   </si>
   <si>
     <t>Не голос.: 7</t>
   </si>
   <si>
     <t>Не голос.: 6</t>
   </si>
   <si>
     <t>Не голос.: 5</t>
   </si>
   <si>
     <t>Не голос.: 13</t>
   </si>
   <si>
     <t>Не голос.: 8</t>
   </si>
   <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
+    <t>Не голос.: 9</t>
+  </si>
+  <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
-    <t>Не голос.: 9</t>
+    <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Відсут.: 53</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 13</t>
   </si>
   <si>
     <t>Відсут.: 3</t>
   </si>
   <si>
     <t>Відсут.: 6</t>
   </si>
   <si>
     <t>Відсут.: 1</t>
   </si>
   <si>
     <t>Відсут.: 7</t>
   </si>
 </sst>
 </file>
 
@@ -646,52 +646,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -845,54 +845,54 @@
       <c r="W2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>866Про надання згоди на прийняття у комунальну власність територіальної громади м.Трускавця та безоплатну передачу на баланс ТзОВ «Трускавецький водоканал» вартість капітальних вкладень</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>33</v>
@@ -954,54 +954,54 @@
       <c r="W3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>867Про затвердження звіту про виконання бюджету міста Трускавця за січень-червень 2020 року</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>33</v>
@@ -1063,54 +1063,54 @@
       <c r="W4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="s" s="4">
         <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
@@ -1170,54 +1170,54 @@
       <c r="W5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>47</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>869Про затвердження Програми правової освіти та правової допомоги у територіальній громаді Трускавця на 2020-2021 роки</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>33</v>
@@ -1279,54 +1279,54 @@
       <c r="W6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>870Про звільнення від орендної плати за об’єкти майна комунальної власності територіальної громади міста Трускавця, які орендують в КП «Парк Курортний»</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>33</v>
@@ -1388,54 +1388,54 @@
       <c r="W7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>50</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>871Про внесення змін до Положення про Бюджет громадських ініціатив м.Трускавця, затвердженого рішенням міської ради від 30 липня 2019 р. № 1414</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>33</v>
@@ -1473,78 +1473,78 @@
       <c r="O8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>872Про затвердження містобудівної документації «План зонування території міста Трускавця (зонінг)»</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>52</v>
@@ -1606,54 +1606,54 @@
       <c r="W9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>873Пропозиція Остапчука А.Ю. - вимагати розроблення в зоні Г1 та Г2  розглядати по ст19 (Детального плану)</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>59</v>
@@ -1824,54 +1824,54 @@
       <c r="W11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>62</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>875Про розроблення детального плану території земельної ділянки за адресою вул.Городище</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>33</v>
@@ -1939,54 +1939,54 @@
       <c r="Y12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG12" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AH12" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>64</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>876Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Микиритичян О.Й. по вул. Івасюка</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>65</v>
       </c>
       <c r="F13" t="s">
         <v>66</v>
@@ -2021,81 +2021,81 @@
       <c r="P13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>57</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="AH13" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>67</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>877Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки для ведення садівництва по вул.. Помірецькій</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>35</v>
@@ -2154,54 +2154,54 @@
       <c r="X14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG14" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>68</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>878Про надання дозволу на виготовлення документації із землеустрою по поділу земельної ділянки по вул. Івасюка,9 площею 0,1266 га Лозі М.М.</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>65</v>
@@ -2236,87 +2236,87 @@
       <c r="O15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>56</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="AG15" t="s" s="5">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI15" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>879Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,1га по вул. Помірецькій Габшію П.Я.</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>52</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" t="s">
         <v>72</v>
       </c>
       <c r="G16" t="s">
         <v>36</v>
@@ -2372,54 +2372,54 @@
       <c r="X16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
       <c r="C17" t="s" s="4">
         <v>74</v>
       </c>
       <c r="D17" t="s">
         <v>59</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
@@ -2479,60 +2479,60 @@
       <c r="X17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH17" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AI17" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>881Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,1га по вул. Помірецькій Габшію П.Я.</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>65</v>
       </c>
       <c r="F18" t="s">
         <v>77</v>
       </c>
       <c r="G18" t="s">
         <v>36</v>
@@ -2564,78 +2564,78 @@
       <c r="P18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>78</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>882Про надання дозволу на виготовлення документації із землеустрою земельної ділянки площею 0,6221 га по вул. Мазепи,21 ДП «Помірки» ТзОВ «ГРУПА ТКС»</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
         <v>65</v>
@@ -2670,87 +2670,87 @@
       <c r="O19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI19" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>81</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>883Про внесення змін в рішення міської ради № 1697 від 14.04.2020р « Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки орієнтовною площею 0,0030га по вул.</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>33</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
         <v>36</v>
@@ -2888,78 +2888,78 @@
       <c r="O21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>83</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>885Про затвердження проекту землеустрою щодо відведення земельної ділянки та надання земельної ділянки по вул. Стебницька,9А/1 в користування на умовах оренди Бориславському О.Г.</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>33</v>
@@ -3000,54 +3000,54 @@
       <c r="P22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>39</v>
       </c>
@@ -3109,54 +3109,54 @@
       <c r="P23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>39</v>
       </c>
@@ -3218,54 +3218,54 @@
       <c r="P24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>39</v>
       </c>
@@ -3327,54 +3327,54 @@
       <c r="P25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>39</v>
       </c>
@@ -3436,54 +3436,54 @@
       <c r="P26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>39</v>
       </c>
@@ -4186,54 +4186,54 @@
       <c r="O33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>39</v>
       </c>
@@ -4432,54 +4432,54 @@
       <c r="Y35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG35" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AH35" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>104</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>899Про поновлення договору оренди землі площею 0,0952га по вул. Стебницькій Лагдану Ю.О, Бику Ю.І.</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>33</v>
       </c>
       <c r="E36" t="s">
         <v>34</v>
       </c>
       <c r="F36" t="s">
         <v>35</v>
@@ -4836,87 +4836,87 @@
       <c r="O39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>56</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>56</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>56</v>
       </c>
       <c r="W39" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X39" t="s" s="5">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>56</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE39" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AF39" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AG39" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AH39" t="s" s="5">
+        <v>57</v>
+      </c>
+      <c r="AI39" t="s" s="5">
         <v>56</v>
-      </c>
-[...10 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>112</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>903Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Мазепи</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>33</v>
       </c>
       <c r="E40" t="s">
         <v>34</v>
       </c>
       <c r="F40" t="s">
         <v>49</v>
       </c>
       <c r="G40" t="s">
         <v>36</v>
@@ -5187,54 +5187,54 @@
       <c r="W42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE42" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AF42" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>117</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>906Про відмову в виділенні земельної ділянки з кадастровим номером 4611500000:06:001:0018 ОК ЖБК «Арей-2015»</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>33</v>
@@ -5296,54 +5296,54 @@
       <c r="W43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE43" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AF43" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>119</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
           <t>907Про затвердження експертної грошової оцінки земельної ділянки (4611500000:02:002:0160) по вул. Роксолани в м. Трускавці для продажу у власність на земельних торгах.</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>33</v>
@@ -5384,84 +5384,84 @@
       <c r="P44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI44" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>120</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>908Про затвердження переліку та умов продажу земельної ділянки кадастровий номер 4611500000: 02 : 002 : 0160 право власності на яку підлягає продажу на земельних торгаху формі аукціону на території міста</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>33</v>
       </c>
       <c r="E45" t="s">
         <v>34</v>
       </c>
       <c r="F45" t="s">
         <v>46</v>
       </c>
       <c r="G45" t="s">
         <v>36</v>
@@ -5493,54 +5493,54 @@
       <c r="P45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y45" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>39</v>
       </c>
@@ -5602,54 +5602,54 @@
       <c r="P46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>39</v>
       </c>
@@ -6038,84 +6038,84 @@
       <c r="P50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AF50" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="AG50" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="AH50" t="s" s="5">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="AI50" t="s" s="5">
-        <v>39</v>
+        <v>57</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>128</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>914Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0060га по вул. У Кравченко Палінському Р.О.</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>33</v>
       </c>
       <c r="E51" t="s">
         <v>34</v>
       </c>
       <c r="F51" t="s">
         <v>49</v>
       </c>
       <c r="G51" t="s">
         <v>36</v>
@@ -6362,81 +6362,81 @@
       <c r="O53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>57</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W53" t="s" s="5">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="X53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE53" t="s" s="5">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG53" t="s" s="5">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>57</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>132</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>917Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Воробкевича</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>33</v>
       </c>
       <c r="E54" t="s">
         <v>65</v>
@@ -6471,87 +6471,87 @@
       <c r="O54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="R54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W54" t="s" s="5">
-        <v>57</v>
+        <v>40</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y54" t="s" s="5">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG54" t="s" s="5">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>57</v>
       </c>
       <c r="AI54" t="s" s="5">
-        <v>57</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55">
       <c r="A55"/>
       <c r="B55"/>
       <c r="C55"/>
       <c r="D55"/>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55"/>
       <c r="H55"/>
       <c r="I55" t="s">
         <v>134</v>
       </c>
       <c r="J55" t="s">
         <v>135</v>
       </c>
       <c r="K55" t="s">
         <v>136</v>
       </c>
       <c r="L55" t="s">
         <v>137</v>
       </c>
       <c r="M55" t="s">
         <v>135</v>
@@ -6565,84 +6565,84 @@
       <c r="P55" t="s">
         <v>140</v>
       </c>
       <c r="Q55" t="s">
         <v>141</v>
       </c>
       <c r="R55" t="s">
         <v>142</v>
       </c>
       <c r="S55" t="s">
         <v>134</v>
       </c>
       <c r="T55" t="s">
         <v>137</v>
       </c>
       <c r="U55" t="s">
         <v>142</v>
       </c>
       <c r="V55" t="s">
         <v>140</v>
       </c>
       <c r="W55" t="s">
         <v>143</v>
       </c>
       <c r="X55" t="s">
+        <v>136</v>
+      </c>
+      <c r="Y55" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="Z55" t="s">
         <v>145</v>
       </c>
       <c r="AA55" t="s">
         <v>145</v>
       </c>
       <c r="AB55" t="s">
         <v>146</v>
       </c>
       <c r="AC55" t="s">
         <v>134</v>
       </c>
       <c r="AD55" t="s">
         <v>145</v>
       </c>
       <c r="AE55" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="AF55" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="AG55" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="AH55" t="s">
         <v>144</v>
       </c>
       <c r="AI55" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="56">
       <c r="A56"/>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56"/>
       <c r="I56" t="s">
         <v>36</v>
       </c>
       <c r="J56" t="s">
         <v>54</v>
       </c>
       <c r="K56" t="s">
         <v>36</v>
       </c>
       <c r="L56" t="s">
         <v>36</v>
       </c>
       <c r="M56" t="s">
         <v>36</v>
@@ -6653,87 +6653,87 @@
       <c r="O56" t="s">
         <v>36</v>
       </c>
       <c r="P56" t="s">
         <v>63</v>
       </c>
       <c r="Q56" t="s">
         <v>54</v>
       </c>
       <c r="R56" t="s">
         <v>63</v>
       </c>
       <c r="S56" t="s">
         <v>36</v>
       </c>
       <c r="T56" t="s">
         <v>36</v>
       </c>
       <c r="U56" t="s">
         <v>63</v>
       </c>
       <c r="V56" t="s">
         <v>63</v>
       </c>
       <c r="W56" t="s">
+        <v>36</v>
+      </c>
+      <c r="X56" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="Y56" t="s">
         <v>63</v>
       </c>
       <c r="Z56" t="s">
         <v>54</v>
       </c>
       <c r="AA56" t="s">
         <v>36</v>
       </c>
       <c r="AB56" t="s">
         <v>54</v>
       </c>
       <c r="AC56" t="s">
         <v>36</v>
       </c>
       <c r="AD56" t="s">
         <v>63</v>
       </c>
       <c r="AE56" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="AF56" t="s">
         <v>36</v>
       </c>
       <c r="AG56" t="s">
         <v>36</v>
       </c>
       <c r="AH56" t="s">
         <v>36</v>
       </c>
       <c r="AI56" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
     </row>
     <row r="57">
       <c r="A57"/>
       <c r="B57"/>
       <c r="C57"/>
       <c r="D57"/>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57"/>
       <c r="I57" t="s">
         <v>148</v>
       </c>
       <c r="J57" t="s">
         <v>149</v>
       </c>
       <c r="K57" t="s">
         <v>149</v>
       </c>
       <c r="L57" t="s">
         <v>150</v>
       </c>
       <c r="M57" t="s">
         <v>151</v>
@@ -6744,87 +6744,87 @@
       <c r="O57" t="s">
         <v>148</v>
       </c>
       <c r="P57" t="s">
         <v>153</v>
       </c>
       <c r="Q57" t="s">
         <v>154</v>
       </c>
       <c r="R57" t="s">
         <v>151</v>
       </c>
       <c r="S57" t="s">
         <v>148</v>
       </c>
       <c r="T57" t="s">
         <v>148</v>
       </c>
       <c r="U57" t="s">
         <v>151</v>
       </c>
       <c r="V57" t="s">
         <v>151</v>
       </c>
       <c r="W57" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="X57" t="s">
         <v>148</v>
       </c>
       <c r="Y57" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="Z57" t="s">
         <v>156</v>
       </c>
       <c r="AA57" t="s">
         <v>156</v>
       </c>
       <c r="AB57" t="s">
         <v>150</v>
       </c>
       <c r="AC57" t="s">
         <v>148</v>
       </c>
       <c r="AD57" t="s">
         <v>150</v>
       </c>
       <c r="AE57" t="s">
+        <v>154</v>
+      </c>
+      <c r="AF57" t="s">
+        <v>150</v>
+      </c>
+      <c r="AG57" t="s">
+        <v>157</v>
+      </c>
+      <c r="AH57" t="s">
+        <v>158</v>
+      </c>
+      <c r="AI57" t="s">
         <v>151</v>
-      </c>
-[...10 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="58">
       <c r="A58"/>
       <c r="B58"/>
       <c r="C58"/>
       <c r="D58"/>
       <c r="E58"/>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58"/>
       <c r="I58" t="s">
         <v>159</v>
       </c>
       <c r="J58" t="s">
         <v>160</v>
       </c>
       <c r="K58" t="s">
         <v>161</v>
       </c>
       <c r="L58" t="s">
         <v>162</v>
       </c>
       <c r="M58" t="s">
         <v>163</v>
@@ -6838,84 +6838,84 @@
       <c r="P58" t="s">
         <v>163</v>
       </c>
       <c r="Q58" t="s">
         <v>165</v>
       </c>
       <c r="R58" t="s">
         <v>163</v>
       </c>
       <c r="S58" t="s">
         <v>159</v>
       </c>
       <c r="T58" t="s">
         <v>166</v>
       </c>
       <c r="U58" t="s">
         <v>163</v>
       </c>
       <c r="V58" t="s">
         <v>161</v>
       </c>
       <c r="W58" t="s">
         <v>167</v>
       </c>
       <c r="X58" t="s">
+        <v>164</v>
+      </c>
+      <c r="Y58" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="Z58" t="s">
         <v>163</v>
       </c>
       <c r="AA58" t="s">
         <v>161</v>
       </c>
       <c r="AB58" t="s">
         <v>163</v>
       </c>
       <c r="AC58" t="s">
         <v>159</v>
       </c>
       <c r="AD58" t="s">
         <v>161</v>
       </c>
       <c r="AE58" t="s">
         <v>169</v>
       </c>
       <c r="AF58" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="AG58" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="AH58" t="s">
         <v>159</v>
       </c>
       <c r="AI58" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
     </row>
     <row r="59">
       <c r="A59"/>
       <c r="B59"/>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59"/>
       <c r="I59" t="s">
         <v>171</v>
       </c>
       <c r="J59" t="s">
         <v>172</v>
       </c>
       <c r="K59" t="s">
         <v>172</v>
       </c>
       <c r="L59" t="s">
         <v>172</v>
       </c>
       <c r="M59" t="s">
         <v>173</v>
@@ -6950,54 +6950,54 @@
       <c r="W59" t="s">
         <v>172</v>
       </c>
       <c r="X59" t="s">
         <v>172</v>
       </c>
       <c r="Y59" t="s">
         <v>172</v>
       </c>
       <c r="Z59" t="s">
         <v>172</v>
       </c>
       <c r="AA59" t="s">
         <v>172</v>
       </c>
       <c r="AB59" t="s">
         <v>174</v>
       </c>
       <c r="AC59" t="s">
         <v>171</v>
       </c>
       <c r="AD59" t="s">
         <v>176</v>
       </c>
       <c r="AE59" t="s">
+        <v>177</v>
+      </c>
+      <c r="AF59" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="AG59" t="s">
         <v>172</v>
       </c>
       <c r="AH59" t="s">
         <v>172</v>
       </c>
       <c r="AI59" t="s">
         <v>172</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>