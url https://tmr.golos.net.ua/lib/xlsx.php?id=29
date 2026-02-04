--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,89 +68,89 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
   </si>
   <si>
-    <t>Яворський Юрій Михайлович</t>
-[...10 lines deleted...]
-  <si>
     <t>02.07.20  11:03:29</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 15</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 1</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>За</t>
@@ -563,54 +563,54 @@
   <si>
     <t>Не голос.: 9</t>
   </si>
   <si>
     <t>Не голос.: 17</t>
   </si>
   <si>
     <t>Не голос.: 48</t>
   </si>
   <si>
     <t>Не голос.: 13</t>
   </si>
   <si>
     <t>Не голос.: 5</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 21</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
+    <t>Не голос.: 10</t>
+  </si>
+  <si>
     <t>Не голос.: 6</t>
-  </si>
-[...1 lines deleted...]
-    <t>Не голос.: 10</t>
   </si>
   <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
     <t>Не голос.: 11</t>
   </si>
   <si>
     <t>Не голос.: 53</t>
   </si>
   <si>
     <t>Не голос.: 12</t>
   </si>
   <si>
     <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Відсут.: 67</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 1</t>
   </si>
@@ -712,52 +712,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -890,75 +890,75 @@
       <c r="P2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>42</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>43</v>
       </c>
       <c r="D3" t="s">
         <v>44</v>
       </c>
       <c r="E3" t="s">
@@ -994,87 +994,87 @@
       <c r="O3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y3" t="s" s="5">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AF3" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG3" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH3" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI3" t="s" s="5">
         <v>49</v>
-      </c>
-[...10 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>50</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>787Про затвердження міської програми оздоровлення мешканців міста Трускавця мінеральними водами міста-курорту</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>51</v>
       </c>
       <c r="E4" t="s">
         <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>52</v>
       </c>
       <c r="G4" t="s">
         <v>53</v>
@@ -1106,75 +1106,75 @@
       <c r="P4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>789Про затвердження міської програми оздоровлення мешканців міста Трускавця мінеральними водами міста-курорту</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>51</v>
@@ -1236,54 +1236,54 @@
       <c r="W5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>55</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>790Про доповнення до додатку рішення міської ради від 30.07.20169р №1467 «Про внесення змін та доповнень до рішення міської ради від 19.07.20116 №246 «Про затвердження переліку адміністративних послуг, які</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>51</v>
@@ -1452,60 +1452,60 @@
       <c r="W7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AF7" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG7" t="s" s="5">
         <v>41</v>
       </c>
-      <c r="AG7" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AH7" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="s" s="4">
         <v>62</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
         <v>63</v>
       </c>
       <c r="G8" t="s">
@@ -1535,87 +1535,87 @@
       <c r="O8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>49</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X8" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y8" t="s" s="5">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>64</v>
       </c>
       <c r="C9" t="s" s="4">
         <v>65</v>
       </c>
       <c r="D9" t="s">
         <v>51</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>66</v>
       </c>
       <c r="G9" t="s">
         <v>67</v>
       </c>
       <c r="H9" t="s">
@@ -1666,63 +1666,63 @@
       <c r="W9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AF9" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG9" t="s" s="5">
         <v>41</v>
       </c>
-      <c r="AG9" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AH9" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI9" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>68</v>
       </c>
       <c r="C10" t="s" s="4">
         <v>69</v>
       </c>
       <c r="D10" t="s">
         <v>51</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>70</v>
       </c>
       <c r="G10" t="s">
         <v>53</v>
       </c>
       <c r="H10" t="s">
@@ -1773,63 +1773,63 @@
       <c r="W10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AF10" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG10" t="s" s="5">
         <v>41</v>
       </c>
-      <c r="AG10" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AH10" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI10" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>71</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>795Про передачу основних засобів з балансу виконавчого комітету Трускавецької міської ради на баланс ТзОВ «Трускавецький водоканал»</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>51</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" t="s">
         <v>36</v>
@@ -1891,54 +1891,54 @@
       <c r="Z11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH11" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI11" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>72</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>796Про затвердження Положення про комісію з питань проведення конкурсу з визначення інвестора-забудовника для виконання комплексної реконструкції кварталів (мікрорайонів) застарілого</t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>51</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>73</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
@@ -2100,54 +2100,54 @@
       <c r="W13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>76</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>798Про внесення змін до рішення міської ради №1691 від 14.04.2020р. «Про затвердження міської цільової Програми із забезпечення діяльності ТзОВ «Трускавецький водоканал» на 2020 рік»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>51</v>
@@ -2209,54 +2209,54 @@
       <c r="W14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s" s="4">
         <v>79</v>
       </c>
       <c r="D15" t="s">
         <v>51</v>
       </c>
       <c r="E15" t="s">
@@ -2292,78 +2292,78 @@
       <c r="O15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>80</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>800Про внесення змін до рішення Трускавецької міської ради № 789 від 30.01.2015року “Про встановлення місцевих податків та зборів на території м. Трускавця”</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>51</v>
@@ -2425,54 +2425,54 @@
       <c r="W16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>81</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>801Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Об’єднанню співвласників багатоквартирного будинку «Панський двір» по вул. Бориславська,45</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>51</v>
@@ -2513,75 +2513,75 @@
       <c r="P17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>802Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Мазепи,29-з</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>51</v>
@@ -2619,78 +2619,78 @@
       <c r="O18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>83</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>803Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Мазепи,29-з</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>51</v>
@@ -2752,54 +2752,54 @@
       <c r="W19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>85</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>804Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. С.Бандери,31-Б</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>51</v>
@@ -2861,54 +2861,54 @@
       <c r="W20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE20" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF20" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>86</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>805Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Стуса,6-Б</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>51</v>
@@ -2970,54 +2970,54 @@
       <c r="W21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF21" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI21" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>806Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Помірецька,51-Б</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>51</v>
@@ -3079,54 +3079,54 @@
       <c r="W22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>807Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул.Мазепи,27-з.</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>51</v>
@@ -3188,54 +3188,54 @@
       <c r="W23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF23" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>89</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>808Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Стебницька,73-з</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>51</v>
@@ -3297,54 +3297,54 @@
       <c r="W24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF24" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>90</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>809Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Стебницька,74-Б</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>51</v>
@@ -3406,54 +3406,54 @@
       <c r="W25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF25" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>91</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>810Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Стебницька,61-В</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>51</v>
@@ -3515,63 +3515,63 @@
       <c r="W26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF26" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH26" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI26" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>92</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>811Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Івасюка,9-Б</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>51</v>
       </c>
       <c r="E27" t="s">
         <v>34</v>
       </c>
       <c r="F27" t="s">
         <v>84</v>
       </c>
       <c r="G27" t="s">
         <v>36</v>
@@ -3624,54 +3624,54 @@
       <c r="W27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF27" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>93</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>812Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Івасюка,17-Б</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>51</v>
@@ -3733,54 +3733,54 @@
       <c r="W28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF28" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>94</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>813Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. В.Івасюка,3-Б</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>51</v>
@@ -3818,78 +3818,78 @@
       <c r="O29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF29" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>95</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>814Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул.Мазепи,21-з</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>51</v>
@@ -3951,54 +3951,54 @@
       <c r="W30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF30" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>96</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>815Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Мазепи,34-Б</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>51</v>
@@ -4060,54 +4060,54 @@
       <c r="W31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE31" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF31" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>97</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>816Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Мазепи,14-Б</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>51</v>
@@ -4169,54 +4169,54 @@
       <c r="W32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE32" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF32" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>98</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>817Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Лисенка,4-Б</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>51</v>
@@ -4278,60 +4278,60 @@
       <c r="W33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF33" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG33" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH33" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>99</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>818Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ПрАТ «Львівобленерго» по вул. Річки,11-Б</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>51</v>
       </c>
       <c r="E34" t="s">
         <v>34</v>
       </c>
       <c r="F34" t="s">
         <v>66</v>
@@ -4387,54 +4387,54 @@
       <c r="W34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF34" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>100</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>819Про затвердження проекту з землеустрою щодо відведення земельної ділянки по вул.Роксолани для продажу на земельних торгах (аукціоні)</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>51</v>
@@ -4496,54 +4496,54 @@
       <c r="W35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE35" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF35" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>101</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>820Про надання дозволу на виготовлення відповідної документації для підготовки лоту для продажу її на земельних торгах</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>51</v>
@@ -4605,54 +4605,54 @@
       <c r="W36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE36" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF36" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>102</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>821Про затвердження проекту з землеустрою щодо відведення земельної ділянки по вул. Стебницькій для продажу на земельних торгах (аукціоні)</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>51</v>
@@ -4690,78 +4690,78 @@
       <c r="O37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE37" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF37" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>103</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>822Про надання дозволу на виготовлення відповідної документації для підготовки лоту для продажу земельної ділянки по вул. Стебницькій на земельних торгах</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>51</v>
@@ -4823,54 +4823,54 @@
       <c r="W38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE38" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>104</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>823Про затвердження проекту землеустрою щодо відведення земельної ділянки та надання земельної ділянки площею 0,2810 га по вул. Бориславська,38 в постійне користування ОСББ «Нова оселя 38»</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>51</v>
@@ -4932,54 +4932,54 @@
       <c r="W39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>105</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>824Про затвердження проекту відведення земельної ділянки по вул. Данилишиних,11 Відділу освіти Трускавецької міської ради</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>51</v>
@@ -5041,54 +5041,54 @@
       <c r="W40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF40" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>107</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>825Про затвердження проекту з землеустрою  щодо відведення   земельної ділянки для продажу у власність   по вул.Героїв УПА,1  ПП «Золотар»</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>51</v>
@@ -5126,81 +5126,81 @@
       <c r="O41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W41" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X41" t="s" s="5">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE41" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF41" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG41" t="s" s="5">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>110</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>826Про затвердження проекту з землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Суховоля,56 ТзОВ «Ліана»</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>51</v>
       </c>
       <c r="E42" t="s">
         <v>34</v>
@@ -5259,54 +5259,54 @@
       <c r="W42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE42" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF42" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>111</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>827Про затвердження проекту землеустрою щодо відведення земельної ділянки та надання земельної ділянки площею 0,0154 га по вул. Скоропадського,14 ОСББ «Галицький двір 14»</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>51</v>
@@ -5344,78 +5344,78 @@
       <c r="O43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE43" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF43" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>112</v>
       </c>
       <c r="C44" t="s" s="4">
         <v>113</v>
       </c>
       <c r="D44" t="s">
         <v>51</v>
       </c>
       <c r="E44" t="s">
@@ -5451,78 +5451,78 @@
       <c r="O44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF44" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>114</v>
       </c>
       <c r="C45" t="s" s="4">
         <v>115</v>
       </c>
       <c r="D45" t="s">
         <v>51</v>
       </c>
       <c r="E45" t="s">
@@ -5582,54 +5582,54 @@
       <c r="W45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE45" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF45" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>116</v>
       </c>
       <c r="C46" t="s" s="4">
         <v>117</v>
       </c>
       <c r="D46" t="s">
         <v>51</v>
       </c>
       <c r="E46" t="s">
@@ -5689,54 +5689,54 @@
       <c r="W46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE46" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF46" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI46" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>118</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>831Про поновлення договору оренди землі площею 0,3328гапо вул. Дрогобицька,35 ТзОВ «Фаворит - Дизайн»</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>51</v>
@@ -5774,78 +5774,78 @@
       <c r="O47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE47" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF47" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI47" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>119</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>832Про поновлення договору оренди землі площею 0,0287гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>51</v>
@@ -5907,60 +5907,60 @@
       <c r="W48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE48" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF48" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG48" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH48" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>121</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>833Про поновлення договору оренди землі площею 0,0287гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>51</v>
       </c>
       <c r="E49" t="s">
         <v>45</v>
       </c>
       <c r="F49" t="s">
         <v>122</v>
@@ -6016,57 +6016,57 @@
       <c r="W49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE49" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG49" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>123</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>834Про поновлення договору оренди землі площею 0,4579гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>51</v>
       </c>
       <c r="E50" t="s">
         <v>45</v>
@@ -6101,78 +6101,78 @@
       <c r="O50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W50" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y50" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE50" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF50" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>125</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>835Про поновлення договору оренди землі площею 0,0322гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>51</v>
@@ -6210,84 +6210,84 @@
       <c r="O51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W51" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y51" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE51" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG51" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH51" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>127</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>836Про поновлення договору оренди землі площею 0,0285гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>51</v>
       </c>
       <c r="E52" t="s">
         <v>45</v>
       </c>
       <c r="F52" t="s">
         <v>126</v>
@@ -6319,84 +6319,84 @@
       <c r="O52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W52" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y52" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE52" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG52" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH52" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>128</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
           <t>837Про поновлення договору оренди землі площею 0,0348гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>51</v>
       </c>
       <c r="E53" t="s">
         <v>45</v>
       </c>
       <c r="F53" t="s">
         <v>126</v>
@@ -6428,84 +6428,84 @@
       <c r="O53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W53" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="X53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y53" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE53" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG53" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH53" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>129</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>838Про поновлення договору оренди землі площею 0,0333гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>51</v>
       </c>
       <c r="E54" t="s">
         <v>45</v>
       </c>
       <c r="F54" t="s">
         <v>124</v>
@@ -6561,57 +6561,57 @@
       <c r="W54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE54" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG54" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>130</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
           <t>839Про поновлення договору оренди землі площею 0,0321гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>51</v>
       </c>
       <c r="E55" t="s">
         <v>45</v>
@@ -6670,60 +6670,60 @@
       <c r="W55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE55" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG55" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH55" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>132</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
           <t>840Про поновлення договору оренди землі площею 0,0253гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>51</v>
       </c>
       <c r="E56" t="s">
         <v>45</v>
       </c>
       <c r="F56" t="s">
         <v>124</v>
@@ -6779,60 +6779,60 @@
       <c r="W56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE56" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG56" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH56" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI56" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>133</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
           <t>841Про поновлення договору оренди землі площею 0,0048гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>51</v>
       </c>
       <c r="E57" t="s">
         <v>45</v>
       </c>
       <c r="F57" t="s">
         <v>52</v>
@@ -6888,60 +6888,60 @@
       <c r="W57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE57" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG57" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH57" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI57" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>134</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
           <t>842Про поновлення договору оренди землі площею 0,1664гапо вул. Стебницькій,41 ТзОВ «Трускавецький край»</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>51</v>
       </c>
       <c r="E58" t="s">
         <v>45</v>
       </c>
       <c r="F58" t="s">
         <v>126</v>
@@ -6997,60 +6997,60 @@
       <c r="W58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE58" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG58" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH58" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>135</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>843Про поновлення договору оренди землі площею 0,0676га на бульварі ЮДрогобича ПАТ «Трускавецькурорт»</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>51</v>
       </c>
       <c r="E59" t="s">
         <v>34</v>
       </c>
       <c r="F59" t="s">
         <v>84</v>
@@ -7106,54 +7106,54 @@
       <c r="W59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE59" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF59" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI59" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>136</v>
       </c>
       <c r="C60" t="inlineStr" s="4">
         <is>
           <t>844Про відмову в поновленні договору оренди землі площею 0,0009га. по вул. Довженка в м. Трускавці ТзОВ «Преса-«Високий замок»</t>
         </is>
       </c>
       <c r="D60" t="s">
         <v>51</v>
@@ -7191,78 +7191,78 @@
       <c r="O60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W60" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X60" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE60" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF60" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>138</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
           <t>845Про відмову в поновленні договору оренди землі площею 0,0009га. по вул. Довженка в м. Трускавці ТзОВ «Преса-«Високий замок»</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>51</v>
@@ -7300,78 +7300,78 @@
       <c r="O61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R61" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U61" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W61" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X61" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE61" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF61" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI61" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>139</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
           <t>846Про відмову в поновленні договору оренди землі площею 0,0016га. по вул. Стебницькій в м. Трускавці ТзОВ «Преса-«Високий замок»</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>51</v>
@@ -7409,78 +7409,78 @@
       <c r="O62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U62" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W62" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X62" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE62" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF62" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI62" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>141</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
           <t>847Про розірвання договору оренди землі та права користування земельною ділянкою площею 0,0218 га по вул.Героїв УПА,6 ТзОВ «Марс»</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>51</v>
@@ -7542,54 +7542,54 @@
       <c r="W63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE63" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF63" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>142</v>
       </c>
       <c r="C64" t="inlineStr" s="4">
         <is>
           <t>848Про дозвіл на виготовлення експертної грошової оцінки земельної ділянки площею 0,0035 га по вул. Суховоля,56 ТзОВ «Ліана»</t>
         </is>
       </c>
       <c r="D64" t="s">
         <v>51</v>
@@ -7651,54 +7651,54 @@
       <c r="W64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE64" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF64" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI64" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>143</v>
       </c>
       <c r="C65" t="s" s="4">
         <v>144</v>
       </c>
       <c r="D65" t="s">
         <v>51</v>
       </c>
       <c r="E65" t="s">
@@ -7734,87 +7734,87 @@
       <c r="O65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W65" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X65" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Y65" t="s" s="5">
         <v>41</v>
       </c>
-      <c r="X65" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE65" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF65" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH65" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AI65" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>145</v>
       </c>
       <c r="C66" t="inlineStr" s="4">
         <is>
           <t>850Про затвердження містобудівної документації «План зонування території міста Трускавця (зонінг)»</t>
         </is>
       </c>
       <c r="D66" t="s">
         <v>51</v>
       </c>
       <c r="E66" t="s">
         <v>45</v>
       </c>
       <c r="F66" t="s">
         <v>126</v>
       </c>
       <c r="G66" t="s">
         <v>47</v>
@@ -7846,75 +7846,75 @@
       <c r="P66" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="R66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X66" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y66" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AD66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE66" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF66" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI66" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>146</v>
       </c>
       <c r="C67" t="s" s="4">
         <v>147</v>
       </c>
       <c r="D67" t="s">
         <v>51</v>
       </c>
       <c r="E67" t="s">
@@ -7974,63 +7974,63 @@
       <c r="W67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AE67" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF67" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI67" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>148</v>
       </c>
       <c r="C68" t="inlineStr" s="4">
         <is>
           <t>852Про розгляд електронної петиції щодо Заборони приватизації всіх об’єктів комунального майна</t>
         </is>
       </c>
       <c r="D68" t="s">
         <v>51</v>
       </c>
       <c r="E68" t="s">
         <v>45</v>
       </c>
       <c r="F68" t="s">
         <v>149</v>
       </c>
       <c r="G68" t="s">
         <v>36</v>
@@ -8083,60 +8083,60 @@
       <c r="W68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AB68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE68" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AF68" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AG68" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH68" t="s" s="5">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="AI68" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="69">
       <c r="A69"/>
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69"/>
       <c r="I69" t="s">
         <v>120</v>
       </c>
       <c r="J69" t="s">
         <v>35</v>
       </c>
       <c r="K69" t="s">
         <v>120</v>
       </c>
       <c r="L69" t="s">
         <v>150</v>
@@ -8150,87 +8150,87 @@
       <c r="O69" t="s">
         <v>150</v>
       </c>
       <c r="P69" t="s">
         <v>152</v>
       </c>
       <c r="Q69" t="s">
         <v>84</v>
       </c>
       <c r="R69" t="s">
         <v>153</v>
       </c>
       <c r="S69" t="s">
         <v>108</v>
       </c>
       <c r="T69" t="s">
         <v>154</v>
       </c>
       <c r="U69" t="s">
         <v>155</v>
       </c>
       <c r="V69" t="s">
         <v>131</v>
       </c>
       <c r="W69" t="s">
+        <v>156</v>
+      </c>
+      <c r="X69" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="Y69" t="s">
         <v>150</v>
       </c>
       <c r="Z69" t="s">
         <v>157</v>
       </c>
       <c r="AA69" t="s">
         <v>46</v>
       </c>
       <c r="AB69" t="s">
         <v>158</v>
       </c>
       <c r="AC69" t="s">
         <v>159</v>
       </c>
       <c r="AD69" t="s">
         <v>156</v>
       </c>
       <c r="AE69" t="s">
+        <v>149</v>
+      </c>
+      <c r="AF69" t="s">
+        <v>156</v>
+      </c>
+      <c r="AG69" t="s">
+        <v>160</v>
+      </c>
+      <c r="AH69" t="s">
+        <v>161</v>
+      </c>
+      <c r="AI69" t="s">
         <v>157</v>
-      </c>
-[...10 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="70">
       <c r="A70"/>
       <c r="B70"/>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70"/>
       <c r="I70" t="s">
         <v>36</v>
       </c>
       <c r="J70" t="s">
         <v>53</v>
       </c>
       <c r="K70" t="s">
         <v>36</v>
       </c>
       <c r="L70" t="s">
         <v>36</v>
       </c>
       <c r="M70" t="s">
         <v>36</v>
@@ -8265,63 +8265,63 @@
       <c r="W70" t="s">
         <v>36</v>
       </c>
       <c r="X70" t="s">
         <v>36</v>
       </c>
       <c r="Y70" t="s">
         <v>36</v>
       </c>
       <c r="Z70" t="s">
         <v>36</v>
       </c>
       <c r="AA70" t="s">
         <v>53</v>
       </c>
       <c r="AB70" t="s">
         <v>36</v>
       </c>
       <c r="AC70" t="s">
         <v>162</v>
       </c>
       <c r="AD70" t="s">
         <v>36</v>
       </c>
       <c r="AE70" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="AF70" t="s">
         <v>36</v>
       </c>
       <c r="AG70" t="s">
         <v>36</v>
       </c>
       <c r="AH70" t="s">
         <v>36</v>
       </c>
       <c r="AI70" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
     </row>
     <row r="71">
       <c r="A71"/>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
       <c r="I71" t="s">
         <v>163</v>
       </c>
       <c r="J71" t="s">
         <v>164</v>
       </c>
       <c r="K71" t="s">
         <v>163</v>
       </c>
       <c r="L71" t="s">
         <v>165</v>
       </c>
       <c r="M71" t="s">
         <v>163</v>
@@ -8332,87 +8332,87 @@
       <c r="O71" t="s">
         <v>163</v>
       </c>
       <c r="P71" t="s">
         <v>167</v>
       </c>
       <c r="Q71" t="s">
         <v>164</v>
       </c>
       <c r="R71" t="s">
         <v>168</v>
       </c>
       <c r="S71" t="s">
         <v>163</v>
       </c>
       <c r="T71" t="s">
         <v>164</v>
       </c>
       <c r="U71" t="s">
         <v>165</v>
       </c>
       <c r="V71" t="s">
         <v>163</v>
       </c>
       <c r="W71" t="s">
+        <v>165</v>
+      </c>
+      <c r="X71" t="s">
+        <v>164</v>
+      </c>
+      <c r="Y71" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
       <c r="Z71" t="s">
         <v>164</v>
       </c>
       <c r="AA71" t="s">
         <v>163</v>
       </c>
       <c r="AB71" t="s">
         <v>168</v>
       </c>
       <c r="AC71" t="s">
         <v>169</v>
       </c>
       <c r="AD71" t="s">
         <v>164</v>
       </c>
       <c r="AE71" t="s">
+        <v>170</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>163</v>
+      </c>
+      <c r="AG71" t="s">
+        <v>171</v>
+      </c>
+      <c r="AH71" t="s">
+        <v>167</v>
+      </c>
+      <c r="AI71" t="s">
         <v>168</v>
-      </c>
-[...10 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="72">
       <c r="A72"/>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
       <c r="I72" t="s">
         <v>172</v>
       </c>
       <c r="J72" t="s">
         <v>173</v>
       </c>
       <c r="K72" t="s">
         <v>172</v>
       </c>
       <c r="L72" t="s">
         <v>174</v>
       </c>
       <c r="M72" t="s">
         <v>172</v>
@@ -8426,84 +8426,84 @@
       <c r="P72" t="s">
         <v>177</v>
       </c>
       <c r="Q72" t="s">
         <v>178</v>
       </c>
       <c r="R72" t="s">
         <v>179</v>
       </c>
       <c r="S72" t="s">
         <v>180</v>
       </c>
       <c r="T72" t="s">
         <v>181</v>
       </c>
       <c r="U72" t="s">
         <v>182</v>
       </c>
       <c r="V72" t="s">
         <v>183</v>
       </c>
       <c r="W72" t="s">
         <v>184</v>
       </c>
       <c r="X72" t="s">
+        <v>176</v>
+      </c>
+      <c r="Y72" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="Z72" t="s">
         <v>186</v>
       </c>
       <c r="AA72" t="s">
         <v>183</v>
       </c>
       <c r="AB72" t="s">
         <v>183</v>
       </c>
       <c r="AC72" t="s">
         <v>181</v>
       </c>
       <c r="AD72" t="s">
         <v>187</v>
       </c>
       <c r="AE72" t="s">
+        <v>188</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>189</v>
+      </c>
+      <c r="AG72" t="s">
+        <v>181</v>
+      </c>
+      <c r="AH72" t="s">
+        <v>190</v>
+      </c>
+      <c r="AI72" t="s">
         <v>186</v>
-      </c>
-[...10 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="73">
       <c r="A73"/>
       <c r="B73"/>
       <c r="C73"/>
       <c r="D73"/>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73"/>
       <c r="I73" t="s">
         <v>191</v>
       </c>
       <c r="J73" t="s">
         <v>192</v>
       </c>
       <c r="K73" t="s">
         <v>191</v>
       </c>
       <c r="L73" t="s">
         <v>192</v>
       </c>
       <c r="M73" t="s">
         <v>191</v>
@@ -8538,57 +8538,57 @@
       <c r="W73" t="s">
         <v>192</v>
       </c>
       <c r="X73" t="s">
         <v>192</v>
       </c>
       <c r="Y73" t="s">
         <v>192</v>
       </c>
       <c r="Z73" t="s">
         <v>196</v>
       </c>
       <c r="AA73" t="s">
         <v>197</v>
       </c>
       <c r="AB73" t="s">
         <v>198</v>
       </c>
       <c r="AC73" t="s">
         <v>192</v>
       </c>
       <c r="AD73" t="s">
         <v>193</v>
       </c>
       <c r="AE73" t="s">
+        <v>199</v>
+      </c>
+      <c r="AF73" t="s">
+        <v>193</v>
+      </c>
+      <c r="AG73" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
       <c r="AH73" t="s">
         <v>192</v>
       </c>
       <c r="AI73" t="s">
         <v>192</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">