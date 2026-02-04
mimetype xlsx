--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,87 +68,87 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
-  </si>
-[...10 lines deleted...]
-    <t>Савченко Олена Григорівна</t>
   </si>
   <si>
     <t>14.04.20  10:36:43</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
@@ -343,52 +343,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -651,54 +651,54 @@
       <c r="W3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>693Про передачу функції замовника з реалізації проекту «Реконструкція зовнішніх мереж водопостачання по вул. Стуса (від житлового будинку №1 до житлового будинку №9) в м. Трускавець Львівської</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>33</v>
@@ -843,54 +843,54 @@
       <c r="O5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>39</v>
       </c>
@@ -1171,75 +1171,75 @@
       <c r="P8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>698Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0030га по вул.У.Кравченко Терлецькій Л.О.</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>33</v>
@@ -1277,54 +1277,54 @@
       <c r="O9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>39</v>
       </c>
@@ -1386,57 +1386,57 @@
       <c r="O10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>39</v>
       </c>
@@ -1586,78 +1586,78 @@
       <c r="O12" t="s">
         <v>62</v>
       </c>
       <c r="P12" t="s">
         <v>61</v>
       </c>
       <c r="Q12" t="s">
         <v>62</v>
       </c>
       <c r="R12" t="s">
         <v>64</v>
       </c>
       <c r="S12" t="s">
         <v>62</v>
       </c>
       <c r="T12" t="s">
         <v>64</v>
       </c>
       <c r="U12" t="s">
         <v>63</v>
       </c>
       <c r="V12" t="s">
         <v>65</v>
       </c>
       <c r="W12" t="s">
+        <v>66</v>
+      </c>
+      <c r="X12" t="s">
+        <v>62</v>
+      </c>
+      <c r="Y12" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="Z12" t="s">
         <v>64</v>
       </c>
       <c r="AA12" t="s">
         <v>64</v>
       </c>
       <c r="AB12" t="s">
         <v>62</v>
       </c>
       <c r="AC12" t="s">
         <v>61</v>
       </c>
       <c r="AD12" t="s">
         <v>63</v>
       </c>
       <c r="AE12" t="s">
+        <v>62</v>
+      </c>
+      <c r="AF12" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="AG12" t="s">
         <v>64</v>
       </c>
       <c r="AH12" t="s">
         <v>64</v>
       </c>
       <c r="AI12" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>36</v>
       </c>
       <c r="J13" t="s">
         <v>67</v>
@@ -1792,54 +1792,54 @@
       <c r="W14" t="s">
         <v>68</v>
       </c>
       <c r="X14" t="s">
         <v>68</v>
       </c>
       <c r="Y14" t="s">
         <v>68</v>
       </c>
       <c r="Z14" t="s">
         <v>68</v>
       </c>
       <c r="AA14" t="s">
         <v>68</v>
       </c>
       <c r="AB14" t="s">
         <v>69</v>
       </c>
       <c r="AC14" t="s">
         <v>68</v>
       </c>
       <c r="AD14" t="s">
         <v>68</v>
       </c>
       <c r="AE14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AF14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="AG14" t="s">
         <v>68</v>
       </c>
       <c r="AH14" t="s">
         <v>68</v>
       </c>
       <c r="AI14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>70</v>
       </c>
       <c r="J15" t="s">
         <v>70</v>
@@ -1859,78 +1859,78 @@
       <c r="O15" t="s">
         <v>71</v>
       </c>
       <c r="P15" t="s">
         <v>70</v>
       </c>
       <c r="Q15" t="s">
         <v>70</v>
       </c>
       <c r="R15" t="s">
         <v>70</v>
       </c>
       <c r="S15" t="s">
         <v>71</v>
       </c>
       <c r="T15" t="s">
         <v>70</v>
       </c>
       <c r="U15" t="s">
         <v>72</v>
       </c>
       <c r="V15" t="s">
         <v>70</v>
       </c>
       <c r="W15" t="s">
+        <v>73</v>
+      </c>
+      <c r="X15" t="s">
+        <v>71</v>
+      </c>
+      <c r="Y15" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
       <c r="Z15" t="s">
         <v>70</v>
       </c>
       <c r="AA15" t="s">
         <v>70</v>
       </c>
       <c r="AB15" t="s">
         <v>72</v>
       </c>
       <c r="AC15" t="s">
         <v>70</v>
       </c>
       <c r="AD15" t="s">
         <v>72</v>
       </c>
       <c r="AE15" t="s">
+        <v>72</v>
+      </c>
+      <c r="AF15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="AG15" t="s">
         <v>70</v>
       </c>
       <c r="AH15" t="s">
         <v>70</v>
       </c>
       <c r="AI15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>74</v>
       </c>
       <c r="J16" t="s">
         <v>75</v>