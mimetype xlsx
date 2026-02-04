--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,89 +68,89 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
   </si>
   <si>
-    <t>Яворський Юрій Михайлович</t>
-[...10 lines deleted...]
-  <si>
     <t>17.03.20  15:35:56</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>17.03.20  16:07:42</t>
@@ -212,54 +212,54 @@
   <si>
     <t>За: 17</t>
   </si>
   <si>
     <t>За: 0</t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>За: 7</t>
   </si>
   <si>
     <t>За: 5</t>
   </si>
   <si>
     <t>За: 8</t>
   </si>
   <si>
     <t>За: 6</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
+    <t>Утр.: 3</t>
+  </si>
+  <si>
     <t>Утр.: 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Утр.: 3</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
     <t>Відсут.: 9</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 1</t>
   </si>
 </sst>
 </file>
 
@@ -340,52 +340,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -515,57 +515,57 @@
       <c r="O2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>39</v>
       </c>
@@ -624,87 +624,87 @@
       <c r="O3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y3" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH3" t="s" s="5">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>680Про звернення до Президента України і Голови Верховної Ради України з пропозицією щодо внесення змін до Податкового кодексу України</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>41</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4" t="s">
         <v>36</v>
@@ -733,87 +733,87 @@
       <c r="O4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>681Пропозиція Остапчука А.Ю, внести податок на прибуток, ПДВ, податок з фактично виплаченої зарплати для підприємств галузей туризму та санаторно-курортної галузі на березень- квітень та</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>47</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
@@ -842,57 +842,57 @@
       <c r="O5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>39</v>
       </c>
@@ -951,81 +951,81 @@
       <c r="O6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W6" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="X6" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="Y6" t="s" s="5">
         <v>50</v>
       </c>
-      <c r="X6" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>51</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>683Про надання пільг з оплати орендної плати за об’єкти майна комунальної власності територіальної громади міста Трускавця</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
@@ -1060,57 +1060,57 @@
       <c r="O7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>39</v>
       </c>
@@ -1169,57 +1169,57 @@
       <c r="O8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>39</v>
       </c>
@@ -1276,84 +1276,84 @@
       <c r="O9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF9" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG9" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AH9" t="s" s="5">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>686Про звернення Трускавецької міської ради До Президента України та Верховної Ради України.</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
       </c>
       <c r="F10" t="s">
         <v>59</v>
@@ -1385,57 +1385,57 @@
       <c r="O10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W10" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>39</v>
       </c>
@@ -1476,87 +1476,87 @@
       <c r="O11" t="s">
         <v>61</v>
       </c>
       <c r="P11" t="s">
         <v>60</v>
       </c>
       <c r="Q11" t="s">
         <v>61</v>
       </c>
       <c r="R11" t="s">
         <v>61</v>
       </c>
       <c r="S11" t="s">
         <v>63</v>
       </c>
       <c r="T11" t="s">
         <v>61</v>
       </c>
       <c r="U11" t="s">
         <v>61</v>
       </c>
       <c r="V11" t="s">
         <v>61</v>
       </c>
       <c r="W11" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="X11" t="s">
         <v>60</v>
       </c>
       <c r="Y11" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="Z11" t="s">
         <v>64</v>
       </c>
       <c r="AA11" t="s">
         <v>62</v>
       </c>
       <c r="AB11" t="s">
         <v>65</v>
       </c>
       <c r="AC11" t="s">
         <v>61</v>
       </c>
       <c r="AD11" t="s">
         <v>61</v>
       </c>
       <c r="AE11" t="s">
+        <v>61</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>62</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>61</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>65</v>
+      </c>
+      <c r="AI11" t="s">
         <v>64</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>36</v>
       </c>
       <c r="J12" t="s">
         <v>36</v>
       </c>
       <c r="K12" t="s">
         <v>36</v>
       </c>
       <c r="L12" t="s">
         <v>36</v>
       </c>
       <c r="M12" t="s">
         <v>36</v>
@@ -1682,60 +1682,60 @@
       <c r="W13" t="s">
         <v>66</v>
       </c>
       <c r="X13" t="s">
         <v>66</v>
       </c>
       <c r="Y13" t="s">
         <v>66</v>
       </c>
       <c r="Z13" t="s">
         <v>66</v>
       </c>
       <c r="AA13" t="s">
         <v>66</v>
       </c>
       <c r="AB13" t="s">
         <v>66</v>
       </c>
       <c r="AC13" t="s">
         <v>66</v>
       </c>
       <c r="AD13" t="s">
         <v>66</v>
       </c>
       <c r="AE13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>66</v>
+      </c>
+      <c r="AH13" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
       <c r="AI13" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14">
       <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>69</v>
       </c>
       <c r="J14" t="s">
         <v>69</v>
       </c>
       <c r="K14" t="s">
         <v>69</v>
       </c>
       <c r="L14" t="s">
         <v>69</v>
@@ -1749,81 +1749,81 @@
       <c r="O14" t="s">
         <v>69</v>
       </c>
       <c r="P14" t="s">
         <v>69</v>
       </c>
       <c r="Q14" t="s">
         <v>69</v>
       </c>
       <c r="R14" t="s">
         <v>69</v>
       </c>
       <c r="S14" t="s">
         <v>71</v>
       </c>
       <c r="T14" t="s">
         <v>69</v>
       </c>
       <c r="U14" t="s">
         <v>69</v>
       </c>
       <c r="V14" t="s">
         <v>69</v>
       </c>
       <c r="W14" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="X14" t="s">
         <v>69</v>
       </c>
       <c r="Y14" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="Z14" t="s">
         <v>72</v>
       </c>
       <c r="AA14" t="s">
         <v>70</v>
       </c>
       <c r="AB14" t="s">
         <v>71</v>
       </c>
       <c r="AC14" t="s">
         <v>69</v>
       </c>
       <c r="AD14" t="s">
         <v>69</v>
       </c>
       <c r="AE14" t="s">
         <v>69</v>
       </c>
       <c r="AF14" t="s">
+        <v>70</v>
+      </c>
+      <c r="AG14" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="AH14" t="s">
         <v>69</v>
       </c>
       <c r="AI14" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>73</v>
       </c>
       <c r="J15" t="s">
         <v>74</v>
       </c>
       <c r="K15" t="s">
         <v>73</v>
@@ -1840,57 +1840,57 @@
       <c r="O15" t="s">
         <v>74</v>
       </c>
       <c r="P15" t="s">
         <v>73</v>
       </c>
       <c r="Q15" t="s">
         <v>74</v>
       </c>
       <c r="R15" t="s">
         <v>74</v>
       </c>
       <c r="S15" t="s">
         <v>75</v>
       </c>
       <c r="T15" t="s">
         <v>74</v>
       </c>
       <c r="U15" t="s">
         <v>74</v>
       </c>
       <c r="V15" t="s">
         <v>74</v>
       </c>
       <c r="W15" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="X15" t="s">
         <v>73</v>
       </c>
       <c r="Y15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Z15" t="s">
         <v>74</v>
       </c>
       <c r="AA15" t="s">
         <v>74</v>
       </c>
       <c r="AB15" t="s">
         <v>74</v>
       </c>
       <c r="AC15" t="s">
         <v>74</v>
       </c>
       <c r="AD15" t="s">
         <v>74</v>
       </c>
       <c r="AE15" t="s">
         <v>74</v>
       </c>
       <c r="AF15" t="s">
         <v>74</v>
       </c>
       <c r="AG15" t="s">
         <v>74</v>
       </c>