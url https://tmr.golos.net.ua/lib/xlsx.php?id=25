--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,87 +68,87 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
-  </si>
-[...10 lines deleted...]
-    <t>Савченко Олена Григорівна</t>
   </si>
   <si>
     <t>05.03.20  11:44:37</t>
   </si>
   <si>
     <t>628Про виконання рішення № 1653 «Про діяльність «ТОВ Трускавецькі лікувальні води»</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
@@ -613,52 +613,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -919,54 +919,54 @@
       <c r="W3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>47</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>630Про розгляд електронної петиції щодо переміщення торгових яток з майдану Незалежності та збереження робочих місць фізичних осіб-підприємців</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>34</v>
@@ -1007,54 +1007,54 @@
       <c r="P4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>51</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>46</v>
       </c>
@@ -1331,87 +1331,87 @@
       <c r="O7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AI7" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>634Про затвердження програми «Придбання, обслуговування та монтажу обладнання для реалізації програми «Безпечне місто» м.Трускавець на 2020 рік»</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>61</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
@@ -2110,63 +2110,63 @@
       <c r="W14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG14" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AH14" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AI14" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="s" s="4">
         <v>77</v>
       </c>
       <c r="D15" t="s">
         <v>34</v>
       </c>
       <c r="E15" t="s">
         <v>43</v>
       </c>
       <c r="F15" t="s">
         <v>78</v>
       </c>
       <c r="G15" t="s">
         <v>79</v>
       </c>
       <c r="H15" t="s">
@@ -2217,63 +2217,63 @@
       <c r="W15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AH15" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AI15" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>80</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>642Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення меж земельної ділянки в натурі на місцевості площею 0,6221га по вул.Мазепи,21 ДП</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>34</v>
       </c>
       <c r="E16" t="s">
         <v>43</v>
       </c>
       <c r="F16" t="s">
         <v>81</v>
       </c>
       <c r="G16" t="s">
         <v>37</v>
@@ -2302,84 +2302,84 @@
       <c r="O16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AH16" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>83</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>643Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки ТзОВ «Трускавець Естейт»</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>34</v>
       </c>
       <c r="E17" t="s">
         <v>43</v>
       </c>
       <c r="F17" t="s">
         <v>78</v>
@@ -2411,87 +2411,87 @@
       <c r="O17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>46</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AH17" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AI17" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>84</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>644Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення меж земельної ділянки в натурі на місцевості площею 0,0400га по вул.Бориславській</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>34</v>
       </c>
       <c r="E18" t="s">
         <v>35</v>
       </c>
       <c r="F18" t="s">
         <v>36</v>
       </c>
       <c r="G18" t="s">
         <v>37</v>
@@ -2520,78 +2520,78 @@
       <c r="O18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>86</v>
       </c>
       <c r="C19" t="inlineStr" s="4">
         <is>
           <t>645Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0150га по вул. Шевченка,32а</t>
         </is>
       </c>
       <c r="D19" t="s">
         <v>34</v>
@@ -2653,60 +2653,60 @@
       <c r="W19" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X19" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE19" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AG19" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AH19" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>87</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>646Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по зміні цільового призначення обслуговуючому кооперативу житлово-будівельному кооперативу</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>34</v>
       </c>
       <c r="E20" t="s">
         <v>35</v>
       </c>
       <c r="F20" t="s">
         <v>88</v>
@@ -2956,54 +2956,54 @@
       <c r="O22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF22" t="s" s="5">
         <v>41</v>
       </c>
@@ -3065,54 +3065,54 @@
       <c r="O23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>41</v>
       </c>
@@ -3174,54 +3174,54 @@
       <c r="O24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>41</v>
       </c>
@@ -3283,78 +3283,78 @@
       <c r="O25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE25" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AF25" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AG25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>94</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>652Про затвердження проекту з землеустрою щодо відведення земельної ділянки по вул.С.Бандери,40 та надання земельної ділянки у власність Хром’як І.В.</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>34</v>
@@ -3416,54 +3416,54 @@
       <c r="W26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AF26" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>96</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>653Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Біласа,6 ПрАТ «Трускавецькурорт»</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>34</v>
@@ -3525,54 +3525,54 @@
       <c r="W27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AF27" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>97</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>654Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Біласа,4 ПрАТ «Трускавецькурорт»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>34</v>
@@ -3634,54 +3634,54 @@
       <c r="W28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AF28" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>98</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>655Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Річки,17-а Зубрицькій Г.М.</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>34</v>
@@ -3719,87 +3719,87 @@
       <c r="O29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="AF29" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG29" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI29" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>101</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>656Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Сагайдачного,2 ТзОВ «Терен-Дизайнсервіс»</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>34</v>
       </c>
       <c r="E30" t="s">
         <v>43</v>
       </c>
       <c r="F30" t="s">
         <v>102</v>
       </c>
       <c r="G30" t="s">
         <v>103</v>
@@ -3828,84 +3828,84 @@
       <c r="O30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y30" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF30" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH30" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>104</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>657Про поновлення договору оренди землі Площею 0.004га. по вул.Суховоля в м. Трускавці ТзОВ «Нотіс-2006»</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>66</v>
       </c>
       <c r="E31" t="s">
         <v>43</v>
       </c>
       <c r="F31" t="s">
         <v>74</v>
@@ -3937,84 +3937,84 @@
       <c r="O31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y31" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE31" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF31" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH31" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>105</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>658Про поновлення договору оренди землі площею 0,0021га. по вул.Річки 6б в м. Трускавці Нагурному Р.В.</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>34</v>
       </c>
       <c r="E32" t="s">
         <v>35</v>
       </c>
       <c r="F32" t="s">
         <v>58</v>
@@ -4046,81 +4046,81 @@
       <c r="O32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE32" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF32" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG32" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>106</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>659Про поновлення договору оренди землі по вул.Стебницькій,85 в м. Трускавці ТзОВ «Нотіс-2006»</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>34</v>
       </c>
       <c r="E33" t="s">
         <v>35</v>
@@ -4179,54 +4179,54 @@
       <c r="W33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF33" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>107</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>660Про припинення договору оренди землі та права користування земельною ділянкою площею 0,0226 га на бульварі Торосевича ТзОВ « Трускавецькі лікувальні води»</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>34</v>
@@ -4288,54 +4288,54 @@
       <c r="W34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF34" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>108</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>661Про припинення договору оренди землі та права користування земельною ділянкою площею 0,0219 га по вул. Бортнянського Горічко О.С.</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>34</v>
@@ -4373,78 +4373,78 @@
       <c r="O35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y35" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE35" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF35" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>110</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>662Про надання земельної ділянки площею 0,0219 га по вул. Бортнянського у власність Горічко О.С.</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>34</v>
@@ -4506,63 +4506,63 @@
       <c r="W36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE36" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF36" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH36" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AI36" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>111</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>663Про включення земельної ділянки в перелік для продажу на земельних торгах (аукціоні) по вул. Мазепи</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>34</v>
       </c>
       <c r="E37" t="s">
         <v>35</v>
       </c>
       <c r="F37" t="s">
         <v>58</v>
       </c>
       <c r="G37" t="s">
         <v>37</v>
@@ -4594,84 +4594,84 @@
       <c r="P37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y37" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE37" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF37" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG37" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AH37" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AI37" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>112</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>664Про включення земельної ділянки в перелік для продажу права оренди на земельних торгах (аукціоні) по вул. Стебницькій</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>34</v>
       </c>
       <c r="E38" t="s">
         <v>43</v>
       </c>
       <c r="F38" t="s">
         <v>102</v>
       </c>
       <c r="G38" t="s">
         <v>37</v>
@@ -4700,81 +4700,81 @@
       <c r="O38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE38" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG38" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>113</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>665Про затвердження експертної грошової оцінки земельної ділянки на вул. Мазепи в м. Трускавці та продаж земельної ділянки на земельних торгах.</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>34</v>
       </c>
       <c r="E39" t="s">
         <v>35</v>
@@ -4833,54 +4833,54 @@
       <c r="W39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>114</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>666Про відмову в продажі земельної ділянки площею 0, 3660га по вул. Котляревського ТзОВ «ДАТП»</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>34</v>
@@ -4942,54 +4942,54 @@
       <c r="W40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF40" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>115</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>667Про затвердження містобудівної документації «Детальний план території земельної ділянки за адресою вул.Помірецька, в м.Трускавці для зміни цільового призначення земельної ділянки із</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>34</v>
@@ -5051,63 +5051,63 @@
       <c r="W41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE41" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF41" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH41" t="s" s="5">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="AI41" t="s" s="5">
-        <v>46</v>
+        <v>41</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>116</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>668Про роботу комунального підпри- ємства «Трускавецький інформаційно- курортний центр»</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>34</v>
       </c>
       <c r="E42" t="s">
         <v>35</v>
       </c>
       <c r="F42" t="s">
         <v>99</v>
       </c>
       <c r="G42" t="s">
         <v>37</v>
@@ -5139,78 +5139,78 @@
       <c r="P42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y42" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE42" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG42" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>117</v>
       </c>
       <c r="C43" t="s" s="4">
         <v>118</v>
       </c>
       <c r="D43" t="s">
         <v>34</v>
       </c>
       <c r="E43" t="s">
         <v>35</v>
       </c>
       <c r="F43" t="s">
@@ -5267,57 +5267,57 @@
       <c r="W43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE43" t="s" s="5">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG43" t="s" s="5">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>119</v>
       </c>
       <c r="C44" t="s" s="4">
         <v>120</v>
       </c>
       <c r="D44" t="s">
         <v>34</v>
       </c>
       <c r="E44" t="s">
         <v>43</v>
       </c>
       <c r="F44" t="s">
@@ -5350,81 +5350,81 @@
       <c r="O44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>46</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG44" t="s" s="5">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="45">
       <c r="A45"/>
       <c r="B45"/>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45"/>
       <c r="I45" t="s">
         <v>122</v>
       </c>
       <c r="J45" t="s">
         <v>61</v>
       </c>
       <c r="K45" t="s">
         <v>123</v>
@@ -5441,81 +5441,81 @@
       <c r="O45" t="s">
         <v>126</v>
       </c>
       <c r="P45" t="s">
         <v>126</v>
       </c>
       <c r="Q45" t="s">
         <v>55</v>
       </c>
       <c r="R45" t="s">
         <v>127</v>
       </c>
       <c r="S45" t="s">
         <v>128</v>
       </c>
       <c r="T45" t="s">
         <v>109</v>
       </c>
       <c r="U45" t="s">
         <v>122</v>
       </c>
       <c r="V45" t="s">
         <v>126</v>
       </c>
       <c r="W45" t="s">
+        <v>129</v>
+      </c>
+      <c r="X45" t="s">
+        <v>130</v>
+      </c>
+      <c r="Y45" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>130</v>
       </c>
       <c r="Z45" t="s">
         <v>127</v>
       </c>
       <c r="AA45" t="s">
         <v>131</v>
       </c>
       <c r="AB45" t="s">
         <v>132</v>
       </c>
       <c r="AC45" t="s">
         <v>123</v>
       </c>
       <c r="AD45" t="s">
         <v>127</v>
       </c>
       <c r="AE45" t="s">
+        <v>109</v>
+      </c>
+      <c r="AF45" t="s">
+        <v>124</v>
+      </c>
+      <c r="AG45" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="AH45" t="s">
         <v>130</v>
       </c>
       <c r="AI45" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="46">
       <c r="A46"/>
       <c r="B46"/>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46"/>
       <c r="I46" t="s">
         <v>37</v>
       </c>
       <c r="J46" t="s">
         <v>103</v>
       </c>
       <c r="K46" t="s">
         <v>37</v>
@@ -5623,87 +5623,87 @@
       <c r="O47" t="s">
         <v>133</v>
       </c>
       <c r="P47" t="s">
         <v>136</v>
       </c>
       <c r="Q47" t="s">
         <v>137</v>
       </c>
       <c r="R47" t="s">
         <v>134</v>
       </c>
       <c r="S47" t="s">
         <v>137</v>
       </c>
       <c r="T47" t="s">
         <v>138</v>
       </c>
       <c r="U47" t="s">
         <v>133</v>
       </c>
       <c r="V47" t="s">
         <v>138</v>
       </c>
       <c r="W47" t="s">
+        <v>133</v>
+      </c>
+      <c r="X47" t="s">
+        <v>137</v>
+      </c>
+      <c r="Y47" t="s">
         <v>134</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="Z47" t="s">
         <v>139</v>
       </c>
       <c r="AA47" t="s">
         <v>139</v>
       </c>
       <c r="AB47" t="s">
         <v>135</v>
       </c>
       <c r="AC47" t="s">
         <v>140</v>
       </c>
       <c r="AD47" t="s">
         <v>133</v>
       </c>
       <c r="AE47" t="s">
+        <v>141</v>
+      </c>
+      <c r="AF47" t="s">
+        <v>134</v>
+      </c>
+      <c r="AG47" t="s">
+        <v>140</v>
+      </c>
+      <c r="AH47" t="s">
+        <v>142</v>
+      </c>
+      <c r="AI47" t="s">
         <v>135</v>
-      </c>
-[...10 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="48">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48"/>
       <c r="I48" t="s">
         <v>143</v>
       </c>
       <c r="J48" t="s">
         <v>144</v>
       </c>
       <c r="K48" t="s">
         <v>144</v>
       </c>
       <c r="L48" t="s">
         <v>145</v>
       </c>
       <c r="M48" t="s">
         <v>146</v>
@@ -5714,87 +5714,87 @@
       <c r="O48" t="s">
         <v>148</v>
       </c>
       <c r="P48" t="s">
         <v>149</v>
       </c>
       <c r="Q48" t="s">
         <v>147</v>
       </c>
       <c r="R48" t="s">
         <v>150</v>
       </c>
       <c r="S48" t="s">
         <v>149</v>
       </c>
       <c r="T48" t="s">
         <v>145</v>
       </c>
       <c r="U48" t="s">
         <v>143</v>
       </c>
       <c r="V48" t="s">
         <v>150</v>
       </c>
       <c r="W48" t="s">
+        <v>151</v>
+      </c>
+      <c r="X48" t="s">
+        <v>152</v>
+      </c>
+      <c r="Y48" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="Z48" t="s">
         <v>149</v>
       </c>
       <c r="AA48" t="s">
         <v>153</v>
       </c>
       <c r="AB48" t="s">
         <v>144</v>
       </c>
       <c r="AC48" t="s">
         <v>154</v>
       </c>
       <c r="AD48" t="s">
         <v>154</v>
       </c>
       <c r="AE48" t="s">
+        <v>143</v>
+      </c>
+      <c r="AF48" t="s">
+        <v>150</v>
+      </c>
+      <c r="AG48" t="s">
+        <v>143</v>
+      </c>
+      <c r="AH48" t="s">
+        <v>146</v>
+      </c>
+      <c r="AI48" t="s">
         <v>153</v>
-      </c>
-[...10 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="49">
       <c r="A49"/>
       <c r="B49"/>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49"/>
       <c r="I49" t="s">
         <v>155</v>
       </c>
       <c r="J49" t="s">
         <v>156</v>
       </c>
       <c r="K49" t="s">
         <v>157</v>
       </c>
       <c r="L49" t="s">
         <v>158</v>
       </c>
       <c r="M49" t="s">
         <v>159</v>
@@ -5829,57 +5829,57 @@
       <c r="W49" t="s">
         <v>161</v>
       </c>
       <c r="X49" t="s">
         <v>161</v>
       </c>
       <c r="Y49" t="s">
         <v>161</v>
       </c>
       <c r="Z49" t="s">
         <v>161</v>
       </c>
       <c r="AA49" t="s">
         <v>161</v>
       </c>
       <c r="AB49" t="s">
         <v>161</v>
       </c>
       <c r="AC49" t="s">
         <v>161</v>
       </c>
       <c r="AD49" t="s">
         <v>161</v>
       </c>
       <c r="AE49" t="s">
+        <v>165</v>
+      </c>
+      <c r="AF49" t="s">
+        <v>166</v>
+      </c>
+      <c r="AG49" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="AH49" t="s">
         <v>161</v>
       </c>
       <c r="AI49" t="s">
         <v>161</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">