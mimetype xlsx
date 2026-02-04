--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,87 +68,87 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
-  </si>
-[...10 lines deleted...]
-    <t>Савченко Олена Григорівна</t>
   </si>
   <si>
     <t>13.02.20  10:30:11</t>
   </si>
   <si>
     <t>606Про внесення змін до показників бюджету міста Трускавця на 2020 рік</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 20</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
@@ -358,52 +358,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -531,81 +531,81 @@
       <c r="O2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG2" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>42</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>607Про співфінансування проєктів, які перемогли в обласному конкурсі проєктів місцевих ініціатив у Львівській області за рахунок коштів міського бюджету</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>34</v>
       </c>
       <c r="E3" t="s">
         <v>35</v>
@@ -640,54 +640,54 @@
       <c r="O3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>40</v>
       </c>
@@ -749,54 +749,54 @@
       <c r="O4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>40</v>
       </c>
@@ -856,54 +856,54 @@
       <c r="O5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>40</v>
       </c>
@@ -965,54 +965,54 @@
       <c r="O6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>40</v>
       </c>
@@ -1074,54 +1074,54 @@
       <c r="O7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>53</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>40</v>
       </c>
@@ -1184,78 +1184,78 @@
       <c r="P8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
       <c r="C9" t="s" s="4">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>48</v>
       </c>
       <c r="E9" t="s">
         <v>35</v>
       </c>
       <c r="F9" t="s">
@@ -1291,78 +1291,78 @@
       <c r="P9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>60</v>
       </c>
       <c r="C10" t="s" s="4">
         <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>48</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
       </c>
       <c r="F10" t="s">
@@ -1398,78 +1398,78 @@
       <c r="P10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF10" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG10" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>63</v>
       </c>
       <c r="C11" t="s" s="4">
         <v>64</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
       <c r="E11" t="s">
         <v>35</v>
       </c>
       <c r="F11" t="s">
@@ -1502,81 +1502,81 @@
       <c r="O11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI11" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>65</v>
       </c>
       <c r="J12" t="s">
         <v>66</v>
       </c>
       <c r="K12" t="s">
         <v>66</v>
@@ -1593,81 +1593,81 @@
       <c r="O12" t="s">
         <v>68</v>
       </c>
       <c r="P12" t="s">
         <v>68</v>
       </c>
       <c r="Q12" t="s">
         <v>66</v>
       </c>
       <c r="R12" t="s">
         <v>65</v>
       </c>
       <c r="S12" t="s">
         <v>67</v>
       </c>
       <c r="T12" t="s">
         <v>69</v>
       </c>
       <c r="U12" t="s">
         <v>66</v>
       </c>
       <c r="V12" t="s">
         <v>65</v>
       </c>
       <c r="W12" t="s">
+        <v>65</v>
+      </c>
+      <c r="X12" t="s">
+        <v>66</v>
+      </c>
+      <c r="Y12" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="Z12" t="s">
         <v>71</v>
       </c>
       <c r="AA12" t="s">
         <v>68</v>
       </c>
       <c r="AB12" t="s">
         <v>67</v>
       </c>
       <c r="AC12" t="s">
         <v>68</v>
       </c>
       <c r="AD12" t="s">
         <v>66</v>
       </c>
       <c r="AE12" t="s">
         <v>66</v>
       </c>
       <c r="AF12" t="s">
+        <v>69</v>
+      </c>
+      <c r="AG12" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="AH12" t="s">
         <v>66</v>
       </c>
       <c r="AI12" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="13">
       <c r="A13"/>
       <c r="B13"/>
       <c r="C13"/>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>37</v>
       </c>
       <c r="J13" t="s">
         <v>37</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
@@ -1893,54 +1893,54 @@
       <c r="X15" t="s">
         <v>74</v>
       </c>
       <c r="Y15" t="s">
         <v>74</v>
       </c>
       <c r="Z15" t="s">
         <v>74</v>
       </c>
       <c r="AA15" t="s">
         <v>76</v>
       </c>
       <c r="AB15" t="s">
         <v>74</v>
       </c>
       <c r="AC15" t="s">
         <v>75</v>
       </c>
       <c r="AD15" t="s">
         <v>74</v>
       </c>
       <c r="AE15" t="s">
         <v>74</v>
       </c>
       <c r="AF15" t="s">
+        <v>76</v>
+      </c>
+      <c r="AG15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="AH15" t="s">
         <v>74</v>
       </c>
       <c r="AI15" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>77</v>
       </c>
       <c r="J16" t="s">
         <v>78</v>
       </c>
       <c r="K16" t="s">
         <v>78</v>
@@ -1957,81 +1957,81 @@
       <c r="O16" t="s">
         <v>78</v>
       </c>
       <c r="P16" t="s">
         <v>78</v>
       </c>
       <c r="Q16" t="s">
         <v>78</v>
       </c>
       <c r="R16" t="s">
         <v>77</v>
       </c>
       <c r="S16" t="s">
         <v>78</v>
       </c>
       <c r="T16" t="s">
         <v>79</v>
       </c>
       <c r="U16" t="s">
         <v>78</v>
       </c>
       <c r="V16" t="s">
         <v>77</v>
       </c>
       <c r="W16" t="s">
+        <v>77</v>
+      </c>
+      <c r="X16" t="s">
+        <v>78</v>
+      </c>
+      <c r="Y16" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="Z16" t="s">
         <v>81</v>
       </c>
       <c r="AA16" t="s">
         <v>78</v>
       </c>
       <c r="AB16" t="s">
         <v>78</v>
       </c>
       <c r="AC16" t="s">
         <v>78</v>
       </c>
       <c r="AD16" t="s">
         <v>78</v>
       </c>
       <c r="AE16" t="s">
         <v>78</v>
       </c>
       <c r="AF16" t="s">
+        <v>79</v>
+      </c>
+      <c r="AG16" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="AH16" t="s">
         <v>78</v>
       </c>
       <c r="AI16" t="s">
         <v>78</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">