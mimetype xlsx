--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,87 +68,87 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
-  </si>
-[...10 lines deleted...]
-    <t>Савченко Олена Григорівна</t>
   </si>
   <si>
     <t>18.12.19  10:39:01</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>За</t>
   </si>
@@ -616,52 +616,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -791,54 +791,54 @@
       <c r="O2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W2" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>39</v>
       </c>
@@ -1360,57 +1360,57 @@
       <c r="W7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>49</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>488Про затвердження Програми забезпечення вручення фізичним особам податкових повідомлень – рішень на сплату податку на нерухоме майно, відмінне від земельної ділянки, земельного податку та</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
@@ -1581,54 +1581,54 @@
       <c r="X9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF9" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>51</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>490Про затвердження Програми соціальної підтримки окремих категорій мешканців м. Трускавця на 2018-2020 рр в новій редакції</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>34</v>
@@ -1905,54 +1905,54 @@
       <c r="W12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE12" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="AF12" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="AG12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>493Про затвердження міської цільової програми підтримки КП «Редакція міського радіомовлення» на 2020 рік.</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>33</v>
@@ -1990,78 +1990,78 @@
       <c r="O13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>60</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X13" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y13" t="s" s="5">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>61</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>494Про затвердження міської цільової програми підтримки КП «Редакція міського радіомовлення» на 2020 рік.</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>33</v>
@@ -2123,63 +2123,63 @@
       <c r="W14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH14" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="AI14" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>65</v>
       </c>
       <c r="C15" t="s" s="4">
         <v>66</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>36</v>
       </c>
       <c r="H15" t="s">
@@ -2337,54 +2337,54 @@
       <c r="W16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE16" t="s" s="5">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>497Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Об’єднанню співвласників багатоквартирного будинку «Нова оселя 38» по вул. Бориславська,38</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>33</v>
@@ -2452,54 +2452,54 @@
       <c r="Y17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="AH17" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="AI17" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>71</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>498Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки на бульварі Ю.Дрогобича Бабаджанову Рафаелю</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>35</v>
@@ -2531,57 +2531,57 @@
       <c r="O18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>48</v>
       </c>
       <c r="W18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X18" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y18" t="s" s="5">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>39</v>
       </c>
@@ -2640,84 +2640,84 @@
       <c r="O19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>60</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>60</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AF19" t="s" s="5">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AH19" t="s" s="5">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="AI19" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
         <v>73</v>
       </c>
       <c r="C20" t="inlineStr" s="4">
         <is>
           <t>500Про надання дозволу ПАТ «Львівобленерго» на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,008га по вул. Бойківській</t>
         </is>
       </c>
       <c r="D20" t="s">
         <v>33</v>
       </c>
       <c r="E20" t="s">
         <v>34</v>
       </c>
       <c r="F20" t="s">
         <v>41</v>
@@ -3423,60 +3423,60 @@
       <c r="W26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF26" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG26" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="AH26" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>83</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>507Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,3261 по вул. Шевченка,40</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="E27" t="s">
         <v>34</v>
       </c>
       <c r="F27" t="s">
         <v>82</v>
@@ -3532,54 +3532,54 @@
       <c r="W27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>84</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>508Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 1,0485 га по вул. Суховоля, 33</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>33</v>
@@ -3641,54 +3641,54 @@
       <c r="W28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF28" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>85</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>509Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 1,8772 га по вул. Суховоля,72</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>33</v>
@@ -3750,54 +3750,54 @@
       <c r="W29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF29" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH29" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>86</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>510Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,0047 га по вул. Шевченка</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>33</v>
@@ -3859,54 +3859,54 @@
       <c r="W30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF30" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>87</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>511Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,0333 по вул. Шевченка,24</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>33</v>
@@ -3968,54 +3968,54 @@
       <c r="W31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE31" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF31" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH31" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI31" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>512Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,0810га по вул. Стебницькій,61</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>33</v>
@@ -4077,54 +4077,54 @@
       <c r="W32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE32" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF32" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI32" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>90</v>
       </c>
       <c r="C33" t="inlineStr" s="4">
         <is>
           <t>513Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,0996 га по вул. Біласа,13</t>
         </is>
       </c>
       <c r="D33" t="s">
         <v>33</v>
@@ -4186,54 +4186,54 @@
       <c r="W33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF33" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>91</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>514Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,1205 га по вул. Біласа,4</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>33</v>
@@ -4295,54 +4295,54 @@
       <c r="W34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF34" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI34" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
         <v>92</v>
       </c>
       <c r="C35" t="inlineStr" s="4">
         <is>
           <t>515Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,1271 по вул. Біласа,11</t>
         </is>
       </c>
       <c r="D35" t="s">
         <v>33</v>
@@ -4404,54 +4404,54 @@
       <c r="W35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE35" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF35" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH35" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI35" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>93</v>
       </c>
       <c r="C36" t="inlineStr" s="4">
         <is>
           <t>516Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,1384 га по вул. Суховоля,3</t>
         </is>
       </c>
       <c r="D36" t="s">
         <v>33</v>
@@ -4513,54 +4513,54 @@
       <c r="W36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE36" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF36" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH36" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI36" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>94</v>
       </c>
       <c r="C37" t="inlineStr" s="4">
         <is>
           <t>517Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,1424 га по вул. Біласа,9</t>
         </is>
       </c>
       <c r="D37" t="s">
         <v>33</v>
@@ -4622,54 +4622,54 @@
       <c r="W37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE37" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF37" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>95</v>
       </c>
       <c r="C38" t="inlineStr" s="4">
         <is>
           <t>518Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,1784 га по вул. Стебницькій,61</t>
         </is>
       </c>
       <c r="D38" t="s">
         <v>33</v>
@@ -4731,54 +4731,54 @@
       <c r="W38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE38" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF38" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH38" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI38" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>96</v>
       </c>
       <c r="C39" t="inlineStr" s="4">
         <is>
           <t>519Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,2013 га по вул. Біласа,6</t>
         </is>
       </c>
       <c r="D39" t="s">
         <v>33</v>
@@ -4816,78 +4816,78 @@
       <c r="O39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>60</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE39" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF39" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH39" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI39" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>97</v>
       </c>
       <c r="C40" t="inlineStr" s="4">
         <is>
           <t>520Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,2013 га по вул. Біласа,6</t>
         </is>
       </c>
       <c r="D40" t="s">
         <v>33</v>
@@ -4949,54 +4949,54 @@
       <c r="W40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF40" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI40" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>98</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>521Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,2953га по вул. Суховоля,64</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>33</v>
@@ -5058,54 +5058,54 @@
       <c r="W41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE41" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF41" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>99</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>522Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,3402 га по вул. Шевченка,9</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>33</v>
@@ -5167,54 +5167,54 @@
       <c r="W42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE42" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI42" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
         <v>100</v>
       </c>
       <c r="C43" t="inlineStr" s="4">
         <is>
           <t>523Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,3699 на бульварі Ю.Дрогобича,3</t>
         </is>
       </c>
       <c r="D43" t="s">
         <v>33</v>
@@ -5276,54 +5276,54 @@
       <c r="W43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE43" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH43" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI43" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
         <v>102</v>
       </c>
       <c r="C44" t="inlineStr" s="4">
         <is>
           <t>524Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,4001 га по вул. Шевченка,11</t>
         </is>
       </c>
       <c r="D44" t="s">
         <v>33</v>
@@ -5385,54 +5385,54 @@
       <c r="W44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE44" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI44" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>103</v>
       </c>
       <c r="C45" t="inlineStr" s="4">
         <is>
           <t>525Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,4641 га по вул. Шевченка,24</t>
         </is>
       </c>
       <c r="D45" t="s">
         <v>33</v>
@@ -5494,54 +5494,54 @@
       <c r="W45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE45" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF45" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>104</v>
       </c>
       <c r="C46" t="inlineStr" s="4">
         <is>
           <t>526Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,5376 га по вул. Роксолани,10</t>
         </is>
       </c>
       <c r="D46" t="s">
         <v>33</v>
@@ -5603,54 +5603,54 @@
       <c r="W46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE46" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF46" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI46" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>105</v>
       </c>
       <c r="C47" t="inlineStr" s="4">
         <is>
           <t>527Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,6122га на майдані Кобзаря,1</t>
         </is>
       </c>
       <c r="D47" t="s">
         <v>33</v>
@@ -5712,54 +5712,54 @@
       <c r="W47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE47" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF47" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH47" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI47" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>106</v>
       </c>
       <c r="C48" t="inlineStr" s="4">
         <is>
           <t>528Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 1,0118 га по вул. Стебницькій,61</t>
         </is>
       </c>
       <c r="D48" t="s">
         <v>33</v>
@@ -5821,54 +5821,54 @@
       <c r="W48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE48" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF48" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH48" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>107</v>
       </c>
       <c r="C49" t="inlineStr" s="4">
         <is>
           <t>529Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 1,7518га по вул. Суховоля,52</t>
         </is>
       </c>
       <c r="D49" t="s">
         <v>33</v>
@@ -5930,54 +5930,54 @@
       <c r="W49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE49" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF49" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>108</v>
       </c>
       <c r="C50" t="inlineStr" s="4">
         <is>
           <t>530Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 2,1221га по вул. Суховоля,54</t>
         </is>
       </c>
       <c r="D50" t="s">
         <v>33</v>
@@ -6039,54 +6039,54 @@
       <c r="W50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE50" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF50" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI50" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>109</v>
       </c>
       <c r="C51" t="inlineStr" s="4">
         <is>
           <t>531Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 2,6619 га по вул. Стебницькій,63</t>
         </is>
       </c>
       <c r="D51" t="s">
         <v>33</v>
@@ -6148,54 +6148,54 @@
       <c r="W51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE51" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF51" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI51" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>110</v>
       </c>
       <c r="C52" t="inlineStr" s="4">
         <is>
           <t>532Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 3,1747 по вул. Суховоля,72</t>
         </is>
       </c>
       <c r="D52" t="s">
         <v>33</v>
@@ -6257,54 +6257,54 @@
       <c r="W52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE52" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF52" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI52" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>111</v>
       </c>
       <c r="C53" t="inlineStr" s="4">
         <is>
           <t>533Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 4,2397 по вул. Суховоля,60</t>
         </is>
       </c>
       <c r="D53" t="s">
         <v>33</v>
@@ -6366,54 +6366,54 @@
       <c r="W53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE53" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF53" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>112</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>534Про поновлення терміну договору оренди землі ПрАТ «Трускавецькурорт» площею 0,3401га на бульварі Ю.Дрогобича,2</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>33</v>
@@ -6475,54 +6475,54 @@
       <c r="W54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE54" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF54" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI54" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>113</v>
       </c>
       <c r="C55" t="inlineStr" s="4">
         <is>
           <t>535Про надання земельної ділянки площею 0,2209га вул. Помірецькій,51 у користування на умовах оренди ТзОВ «Трускавецькі лікувальні води»</t>
         </is>
       </c>
       <c r="D55" t="s">
         <v>33</v>
@@ -6584,54 +6584,54 @@
       <c r="W55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE55" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF55" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI55" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>114</v>
       </c>
       <c r="C56" t="inlineStr" s="4">
         <is>
           <t>536Про надання земельної ділянки площею 1,0863га на бульварі Торосевича,5 у користування на умовах оренди ТзОВ «Трускавецькі лікувальні води»</t>
         </is>
       </c>
       <c r="D56" t="s">
         <v>33</v>
@@ -6693,54 +6693,54 @@
       <c r="W56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE56" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF56" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI56" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" t="inlineStr" s="4">
         <is>
           <t>537Про надання земельної ділянки площею 1,1219га вул. Суховоля,67 у користування на умовах оренди ТзОВ «Трускавецькі лікувальні води»</t>
         </is>
       </c>
       <c r="D57" t="s">
         <v>33</v>
@@ -6802,54 +6802,54 @@
       <c r="W57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE57" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF57" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH57" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI57" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" t="inlineStr" s="4">
         <is>
           <t>538Про дозвіл на виготовлення експертної грошової оцінки земельної ділянки площею 0,0021 га по вул. Стебницькій,23б. корпус2 Гусяк Л.О.</t>
         </is>
       </c>
       <c r="D58" t="s">
         <v>33</v>
@@ -6911,54 +6911,54 @@
       <c r="W58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE58" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF58" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH58" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI58" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>117</v>
       </c>
       <c r="C59" t="inlineStr" s="4">
         <is>
           <t>539Про продаж земельної ділянки площею 0,0108 га по вул. Мазепи,29б ФОП Данчик Л.М. та гр. Циганковій Л.М.</t>
         </is>
       </c>
       <c r="D59" t="s">
         <v>33</v>
@@ -7020,54 +7020,54 @@
       <c r="W59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE59" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF59" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH59" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI59" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>118</v>
       </c>
       <c r="C60" t="s" s="4">
         <v>119</v>
       </c>
       <c r="D60" t="s">
         <v>33</v>
       </c>
       <c r="E60" t="s">
@@ -7127,54 +7127,54 @@
       <c r="W60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE60" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF60" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>120</v>
       </c>
       <c r="C61" t="s" s="4">
         <v>121</v>
       </c>
       <c r="D61" t="s">
         <v>33</v>
       </c>
       <c r="E61" t="s">
@@ -7213,84 +7213,84 @@
       <c r="P61" t="s" s="5">
         <v>59</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>59</v>
       </c>
       <c r="R61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T61" t="s" s="5">
         <v>48</v>
       </c>
       <c r="U61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W61" t="s" s="5">
         <v>48</v>
       </c>
       <c r="X61" t="s" s="5">
+        <v>59</v>
+      </c>
+      <c r="Y61" t="s" s="5">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="Z61" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AB61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AE61" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="AF61" t="s" s="5">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>59</v>
       </c>
       <c r="AH61" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AI61" t="s" s="5">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" t="inlineStr" s="4">
         <is>
           <t>542Про затвердження міської цільової програми підтримки КП «Редакція міського радіомовлення» на 2020 рік.</t>
         </is>
       </c>
       <c r="D62" t="s">
         <v>33</v>
       </c>
       <c r="E62" t="s">
         <v>34</v>
       </c>
       <c r="F62" t="s">
         <v>82</v>
       </c>
       <c r="G62" t="s">
         <v>36</v>
@@ -7343,54 +7343,54 @@
       <c r="W62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE62" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF62" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI62" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" t="inlineStr" s="4">
         <is>
           <t>543Про затвердження містобудівної документації «Детальний план території забудови земельних ділянок (кадастрові номери: 4611500000:01:010:0048; 4611500000:01:010:0049) розташованих за адресою вул.Т.Шевченка,28 та</t>
         </is>
       </c>
       <c r="D63" t="s">
         <v>33</v>
@@ -7428,78 +7428,78 @@
       <c r="O63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>59</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>59</v>
       </c>
       <c r="R63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W63" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="X63" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="Y63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE63" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF63" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AH63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI63" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
         <v>127</v>
       </c>
       <c r="C64" t="s" s="4">
         <v>128</v>
       </c>
       <c r="D64" t="s">
         <v>33</v>
       </c>
       <c r="E64" t="s">
@@ -7535,87 +7535,87 @@
       <c r="O64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W64" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X64" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y64" t="s" s="5">
         <v>48</v>
       </c>
-      <c r="X64" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE64" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG64" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH64" t="s" s="5">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="AI64" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>129</v>
       </c>
       <c r="C65" t="s" s="4">
         <v>130</v>
       </c>
       <c r="D65" t="s">
         <v>33</v>
       </c>
       <c r="E65" t="s">
         <v>34</v>
       </c>
       <c r="F65" t="s">
         <v>88</v>
       </c>
       <c r="G65" t="s">
         <v>36</v>
       </c>
       <c r="H65" t="s">
@@ -7666,57 +7666,57 @@
       <c r="W65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE65" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG65" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI65" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>131</v>
       </c>
       <c r="C66" t="s" s="4">
         <v>132</v>
       </c>
       <c r="D66" t="s">
         <v>33</v>
       </c>
       <c r="E66" t="s">
         <v>34</v>
       </c>
       <c r="F66" t="s">
@@ -7749,81 +7749,81 @@
       <c r="O66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W66" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X66" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y66" t="s" s="5">
         <v>48</v>
       </c>
-      <c r="X66" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE66" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG66" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI66" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>133</v>
       </c>
       <c r="C67" t="inlineStr" s="4">
         <is>
           <t>547Про розгляд електронної петиції щодо скасування Міжнародного Конкурсу Пам`яті Мусліма Магомаєва, який має відбутись з 5 по 8 грудня 2019року. від 12.09.2019 року №15- е.п.</t>
         </is>
       </c>
       <c r="D67" t="s">
         <v>33</v>
       </c>
       <c r="E67" t="s">
         <v>34</v>
@@ -7882,57 +7882,57 @@
       <c r="W67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE67" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG67" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="AH67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AI67" t="s" s="5">
         <v>39</v>
       </c>
     </row>
     <row r="68">
       <c r="A68"/>
       <c r="B68"/>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68"/>
       <c r="I68" t="s">
         <v>134</v>
       </c>
       <c r="J68" t="s">
         <v>135</v>
       </c>
       <c r="K68" t="s">
         <v>134</v>
@@ -7952,84 +7952,84 @@
       <c r="P68" t="s">
         <v>139</v>
       </c>
       <c r="Q68" t="s">
         <v>140</v>
       </c>
       <c r="R68" t="s">
         <v>138</v>
       </c>
       <c r="S68" t="s">
         <v>134</v>
       </c>
       <c r="T68" t="s">
         <v>141</v>
       </c>
       <c r="U68" t="s">
         <v>134</v>
       </c>
       <c r="V68" t="s">
         <v>35</v>
       </c>
       <c r="W68" t="s">
         <v>142</v>
       </c>
       <c r="X68" t="s">
+        <v>143</v>
+      </c>
+      <c r="Y68" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="Z68" t="s">
         <v>142</v>
       </c>
       <c r="AA68" t="s">
         <v>141</v>
       </c>
       <c r="AB68" t="s">
         <v>134</v>
       </c>
       <c r="AC68" t="s">
         <v>88</v>
       </c>
       <c r="AD68" t="s">
         <v>142</v>
       </c>
       <c r="AE68" t="s">
+        <v>41</v>
+      </c>
+      <c r="AF68" t="s">
+        <v>144</v>
+      </c>
+      <c r="AG68" t="s">
+        <v>136</v>
+      </c>
+      <c r="AH68" t="s">
+        <v>141</v>
+      </c>
+      <c r="AI68" t="s">
         <v>143</v>
-      </c>
-[...10 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="69">
       <c r="A69"/>
       <c r="B69"/>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69"/>
       <c r="I69" t="s">
         <v>36</v>
       </c>
       <c r="J69" t="s">
         <v>145</v>
       </c>
       <c r="K69" t="s">
         <v>36</v>
       </c>
       <c r="L69" t="s">
         <v>36</v>
       </c>
       <c r="M69" t="s">
         <v>36</v>
@@ -8040,57 +8040,57 @@
       <c r="O69" t="s">
         <v>63</v>
       </c>
       <c r="P69" t="s">
         <v>63</v>
       </c>
       <c r="Q69" t="s">
         <v>145</v>
       </c>
       <c r="R69" t="s">
         <v>36</v>
       </c>
       <c r="S69" t="s">
         <v>36</v>
       </c>
       <c r="T69" t="s">
         <v>36</v>
       </c>
       <c r="U69" t="s">
         <v>36</v>
       </c>
       <c r="V69" t="s">
         <v>36</v>
       </c>
       <c r="W69" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="X69" t="s">
         <v>36</v>
       </c>
       <c r="Y69" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="Z69" t="s">
         <v>36</v>
       </c>
       <c r="AA69" t="s">
         <v>36</v>
       </c>
       <c r="AB69" t="s">
         <v>36</v>
       </c>
       <c r="AC69" t="s">
         <v>63</v>
       </c>
       <c r="AD69" t="s">
         <v>36</v>
       </c>
       <c r="AE69" t="s">
         <v>36</v>
       </c>
       <c r="AF69" t="s">
         <v>36</v>
       </c>
       <c r="AG69" t="s">
         <v>36</v>
       </c>
@@ -8134,84 +8134,84 @@
       <c r="P70" t="s">
         <v>149</v>
       </c>
       <c r="Q70" t="s">
         <v>150</v>
       </c>
       <c r="R70" t="s">
         <v>146</v>
       </c>
       <c r="S70" t="s">
         <v>146</v>
       </c>
       <c r="T70" t="s">
         <v>146</v>
       </c>
       <c r="U70" t="s">
         <v>146</v>
       </c>
       <c r="V70" t="s">
         <v>148</v>
       </c>
       <c r="W70" t="s">
         <v>146</v>
       </c>
       <c r="X70" t="s">
+        <v>148</v>
+      </c>
+      <c r="Y70" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="Z70" t="s">
         <v>146</v>
       </c>
       <c r="AA70" t="s">
         <v>148</v>
       </c>
       <c r="AB70" t="s">
         <v>146</v>
       </c>
       <c r="AC70" t="s">
         <v>149</v>
       </c>
       <c r="AD70" t="s">
         <v>148</v>
       </c>
       <c r="AE70" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="AF70" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AG70" t="s">
         <v>149</v>
       </c>
       <c r="AH70" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="AI70" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="71">
       <c r="A71"/>
       <c r="B71"/>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
       <c r="I71" t="s">
         <v>151</v>
       </c>
       <c r="J71" t="s">
         <v>152</v>
       </c>
       <c r="K71" t="s">
         <v>151</v>
       </c>
       <c r="L71" t="s">
         <v>153</v>
       </c>
       <c r="M71" t="s">
         <v>154</v>
@@ -8225,84 +8225,84 @@
       <c r="P71" t="s">
         <v>153</v>
       </c>
       <c r="Q71" t="s">
         <v>156</v>
       </c>
       <c r="R71" t="s">
         <v>157</v>
       </c>
       <c r="S71" t="s">
         <v>151</v>
       </c>
       <c r="T71" t="s">
         <v>156</v>
       </c>
       <c r="U71" t="s">
         <v>151</v>
       </c>
       <c r="V71" t="s">
         <v>156</v>
       </c>
       <c r="W71" t="s">
         <v>158</v>
       </c>
       <c r="X71" t="s">
+        <v>151</v>
+      </c>
+      <c r="Y71" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="Z71" t="s">
         <v>156</v>
       </c>
       <c r="AA71" t="s">
         <v>152</v>
       </c>
       <c r="AB71" t="s">
         <v>151</v>
       </c>
       <c r="AC71" t="s">
         <v>151</v>
       </c>
       <c r="AD71" t="s">
         <v>158</v>
       </c>
       <c r="AE71" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="AF71" t="s">
         <v>156</v>
       </c>
       <c r="AG71" t="s">
         <v>156</v>
       </c>
       <c r="AH71" t="s">
         <v>156</v>
       </c>
       <c r="AI71" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
     </row>
     <row r="72">
       <c r="A72"/>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
       <c r="I72" t="s">
         <v>159</v>
       </c>
       <c r="J72" t="s">
         <v>160</v>
       </c>
       <c r="K72" t="s">
         <v>159</v>
       </c>
       <c r="L72" t="s">
         <v>161</v>
       </c>
       <c r="M72" t="s">
         <v>161</v>
@@ -8313,81 +8313,81 @@
       <c r="O72" t="s">
         <v>161</v>
       </c>
       <c r="P72" t="s">
         <v>160</v>
       </c>
       <c r="Q72" t="s">
         <v>162</v>
       </c>
       <c r="R72" t="s">
         <v>161</v>
       </c>
       <c r="S72" t="s">
         <v>159</v>
       </c>
       <c r="T72" t="s">
         <v>161</v>
       </c>
       <c r="U72" t="s">
         <v>159</v>
       </c>
       <c r="V72" t="s">
         <v>163</v>
       </c>
       <c r="W72" t="s">
+        <v>164</v>
+      </c>
+      <c r="X72" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="Y72" t="s">
         <v>161</v>
       </c>
       <c r="Z72" t="s">
         <v>165</v>
       </c>
       <c r="AA72" t="s">
         <v>161</v>
       </c>
       <c r="AB72" t="s">
         <v>159</v>
       </c>
       <c r="AC72" t="s">
         <v>166</v>
       </c>
       <c r="AD72" t="s">
         <v>161</v>
       </c>
       <c r="AE72" t="s">
+        <v>167</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>160</v>
+      </c>
+      <c r="AG72" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
       <c r="AH72" t="s">
         <v>161</v>
       </c>
       <c r="AI72" t="s">
         <v>161</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">