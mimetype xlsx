--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,89 +68,89 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
   </si>
   <si>
-    <t>Яворський Юрій Михайлович</t>
-[...10 lines deleted...]
-  <si>
     <t>17.10.19  14:37:50</t>
   </si>
   <si>
     <t>379Про відкриття інклюзивної групи на базі Дошкільного навчального закладу №2 «Ялинка»</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
@@ -428,54 +428,54 @@
   <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
     <t>Не голос.: 8</t>
   </si>
   <si>
     <t>Не голос.: 5</t>
   </si>
   <si>
     <t>Не голос.: 12</t>
   </si>
   <si>
     <t>Не голос.: 2</t>
   </si>
   <si>
     <t>Не голос.: 7</t>
   </si>
   <si>
     <t>Не голос.: 9</t>
   </si>
   <si>
     <t>Не голос.: 13</t>
   </si>
   <si>
+    <t>Не голос.: 6</t>
+  </si>
+  <si>
     <t>Не голос.: 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Не голос.: 6</t>
   </si>
   <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
     <t>Відсут.: 33</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
     <t>Відсут.: 2</t>
   </si>
   <si>
     <t>Відсут.: 5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
@@ -550,52 +550,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -832,78 +832,78 @@
       <c r="O3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W3" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X3" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>46</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>381Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0466га по вул. С.Бандери,46 ПАТ «Львівобленерго».</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>34</v>
@@ -1077,54 +1077,54 @@
       <c r="X5" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>383Про затвердження проекту відведення земельної ділянки по вул.Мазепи та надання земельної ділянки у власність .</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>34</v>
       </c>
       <c r="E6" t="s">
         <v>52</v>
@@ -1159,87 +1159,87 @@
       <c r="O6" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="X6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>57</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>384Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Дрогобицькій Майбі П.С.</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>58</v>
       </c>
       <c r="G7" t="s">
         <v>59</v>
@@ -1268,78 +1268,78 @@
       <c r="O7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>385Про затвердження проекту відведення земельної ділянки по вул.Лисенка та надання земельної ділянки у власність .</t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>34</v>
@@ -1486,81 +1486,81 @@
       <c r="O9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="X9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE9" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG9" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>63</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>387Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) по вул. Заньковецької,3</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10" t="s">
         <v>35</v>
@@ -1920,78 +1920,78 @@
       <c r="O13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>391Про включення земельної ділянки в перелік для продажу права власності на земельних торгах (аукціоні) по вул. Роксолани</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>34</v>
@@ -2053,57 +2053,57 @@
       <c r="W14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AG14" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AH14" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>71</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>392Про дозвіл на виготовлення експертної грошової оцінки земельної ділянки площею 0,0108 га по вул. Мазепи,29б Данчик Л.М. та Циганковій Л.М.</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>34</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
@@ -2138,78 +2138,78 @@
       <c r="O15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE15" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AF15" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH15" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI15" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>72</v>
       </c>
       <c r="C16" t="inlineStr" s="4">
         <is>
           <t>393Про дозвіл на виготовлення експертної грошової оцінки земельної ділянки площею 0,0021 га по вул. Стебницькій,23Б/1 Сапіженко Т.Є.</t>
         </is>
       </c>
       <c r="D16" t="s">
         <v>34</v>
@@ -2274,54 +2274,54 @@
       <c r="X16" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF16" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AG16" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AH16" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI16" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>73</v>
       </c>
       <c r="C17" t="s" s="4">
         <v>74</v>
       </c>
       <c r="D17" t="s">
         <v>34</v>
       </c>
       <c r="E17" t="s">
         <v>52</v>
       </c>
       <c r="F17" t="s">
@@ -2354,87 +2354,87 @@
       <c r="O17" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AF17" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AG17" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AI17" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>77</v>
       </c>
       <c r="C18" t="inlineStr" s="4">
         <is>
           <t>395Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Дрогобицькій,35 ТзОВ «Ріал Істейт»</t>
         </is>
       </c>
       <c r="D18" t="s">
         <v>34</v>
       </c>
       <c r="E18" t="s">
         <v>35</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>37</v>
@@ -2681,81 +2681,81 @@
       <c r="O20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE20" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG20" t="s" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AH20" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AI20" t="s" s="5">
         <v>45</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
         <v>82</v>
       </c>
       <c r="C21" t="inlineStr" s="4">
         <is>
           <t>399Про відмову в наданні дозволу на проведення експертної грошової оцінки земельної ділянки на вул. Джерельній,5 в м. Трускавці для продажу Скорику Ю.Р та Чебаненку О. І.</t>
         </is>
       </c>
       <c r="D21" t="s">
         <v>34</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
@@ -2790,87 +2790,87 @@
       <c r="O21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE21" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG21" t="s" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AH21" t="s" s="5">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="AI21" t="s" s="5">
-        <v>56</v>
+        <v>45</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
       <c r="C22" t="inlineStr" s="4">
         <is>
           <t>400Про погодження технічної документації із землеустрою щодо поділу земельної ділянки по вул. Помірецькій,51 ПрАТ «Трускавецькурорт» та припинення права користування земльною ділянкою</t>
         </is>
       </c>
       <c r="D22" t="s">
         <v>34</v>
       </c>
       <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
         <v>58</v>
       </c>
       <c r="G22" t="s">
         <v>86</v>
@@ -2899,84 +2899,84 @@
       <c r="O22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>56</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG22" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AH22" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>87</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>401Про надання ПрАТ «Трускавецькурорт» земельної ділянки площею 0,7689га по вул. Помірецькій,51 у користування на умовах оренди</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>34</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>88</v>
@@ -3008,84 +3008,84 @@
       <c r="O23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>56</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AF23" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AG23" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AH23" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AI23" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>90</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>402Про надання земельної ділянки в користування на умовах оренди площею 0,0020 га по вул. Стебницькій Андріїшину Ю.І.</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>34</v>
       </c>
       <c r="E24" t="s">
         <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>91</v>
@@ -3117,87 +3117,87 @@
       <c r="O24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG24" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="AH24" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AI24" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>92</v>
       </c>
       <c r="C25" t="s" s="4">
         <v>93</v>
       </c>
       <c r="D25" t="s">
         <v>34</v>
       </c>
       <c r="E25" t="s">
         <v>35</v>
       </c>
       <c r="F25" t="s">
         <v>94</v>
       </c>
       <c r="G25" t="s">
         <v>37</v>
       </c>
       <c r="H25" t="s">
@@ -3224,54 +3224,54 @@
       <c r="O25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>41</v>
       </c>
@@ -3334,75 +3334,75 @@
       <c r="P26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X26" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE26" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AF26" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>97</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>405Про припинення договору оренди землі та права користування земельною ділянкою площею 0,2574 га по вул. Дрогобицькій ТзОВ «Ріал Істейт»</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>34</v>
@@ -3549,84 +3549,84 @@
       <c r="O28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>56</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="X28" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Y28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AG28" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AH28" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>99</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>408Про затвердження містобудівної документації «Детальний план території забудови земельних ділянок (кадастрові номери: 4611500000:01:010:0048; 4611500000:01:010:0049) розташованих за адресою вул.Т.Шевченка,28 та</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>34</v>
       </c>
       <c r="E29" t="s">
         <v>52</v>
       </c>
       <c r="F29" t="s">
         <v>100</v>
@@ -3661,81 +3661,81 @@
       <c r="P29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W29" t="s" s="5">
         <v>45</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="Y29" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE29" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AF29" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AG29" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AH29" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>101</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>409Про затвердження містобудівної документації «Детальний план території земельних ділянок (кадастровий номер 4611500000:01:011:0053, кадастровий номер 4611500000:01:011:0054) розташованих за адресою</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>34</v>
       </c>
       <c r="E30" t="s">
         <v>52</v>
       </c>
       <c r="F30" t="s">
         <v>102</v>
@@ -3767,84 +3767,84 @@
       <c r="O30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AE30" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="AF30" t="s" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AG30" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AH30" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AI30" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>104</v>
       </c>
       <c r="C31" t="inlineStr" s="4">
         <is>
           <t>410Про розроблення детального плану території земельної ділянки за адресою вул.Помірецька</t>
         </is>
       </c>
       <c r="D31" t="s">
         <v>34</v>
       </c>
       <c r="E31" t="s">
         <v>35</v>
       </c>
       <c r="F31" t="s">
         <v>58</v>
@@ -3900,63 +3900,63 @@
       <c r="W31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE31" t="s" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="AF31" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AG31" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH31" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AI31" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>105</v>
       </c>
       <c r="C32" t="inlineStr" s="4">
         <is>
           <t>411Про затвердження містобудівної документації «Детальний план території земельної ділянки, площею 2,34га, розташованої за адресою вул.Карпатська у м.Трускавці, яка перебуває в комунальній</t>
         </is>
       </c>
       <c r="D32" t="s">
         <v>34</v>
       </c>
       <c r="E32" t="s">
         <v>35</v>
       </c>
       <c r="F32" t="s">
         <v>49</v>
       </c>
       <c r="G32" t="s">
         <v>37</v>
@@ -3988,54 +3988,54 @@
       <c r="P32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="W32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="Y32" t="s" s="5">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AG32" t="s" s="5">
         <v>41</v>
       </c>
@@ -4094,84 +4094,84 @@
       <c r="O33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>56</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>56</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>56</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AE33" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AF33" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AG33" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="AH33" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AI33" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>110</v>
       </c>
       <c r="C34" t="inlineStr" s="4">
         <is>
           <t>413Про звернення депутатів Трускавецькоїміської ради щодо необхідності продовження мораторіюна продаж землі сільськогосподарського призначення</t>
         </is>
       </c>
       <c r="D34" t="s">
         <v>34</v>
       </c>
       <c r="E34" t="s">
         <v>52</v>
       </c>
       <c r="F34" t="s">
         <v>88</v>
@@ -4227,63 +4227,63 @@
       <c r="W34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="X34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE34" t="s" s="5">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AG34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH34" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI34" t="s" s="5">
-        <v>41</v>
+        <v>45</v>
       </c>
     </row>
     <row r="35">
       <c r="A35"/>
       <c r="B35"/>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>111</v>
       </c>
       <c r="J35" t="s">
         <v>43</v>
       </c>
       <c r="K35" t="s">
         <v>111</v>
       </c>
       <c r="L35" t="s">
         <v>65</v>
       </c>
       <c r="M35" t="s">
         <v>112</v>
@@ -4294,84 +4294,84 @@
       <c r="O35" t="s">
         <v>43</v>
       </c>
       <c r="P35" t="s">
         <v>113</v>
       </c>
       <c r="Q35" t="s">
         <v>69</v>
       </c>
       <c r="R35" t="s">
         <v>65</v>
       </c>
       <c r="S35" t="s">
         <v>94</v>
       </c>
       <c r="T35" t="s">
         <v>114</v>
       </c>
       <c r="U35" t="s">
         <v>49</v>
       </c>
       <c r="V35" t="s">
         <v>115</v>
       </c>
       <c r="W35" t="s">
+        <v>94</v>
+      </c>
+      <c r="X35" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y35" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="Z35" t="s">
         <v>113</v>
       </c>
       <c r="AA35" t="s">
         <v>65</v>
       </c>
       <c r="AB35" t="s">
         <v>47</v>
       </c>
       <c r="AC35" t="s">
         <v>43</v>
       </c>
       <c r="AD35" t="s">
         <v>113</v>
       </c>
       <c r="AE35" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AF35" t="s">
-        <v>115</v>
+        <v>47</v>
       </c>
       <c r="AG35" t="s">
         <v>47</v>
       </c>
       <c r="AH35" t="s">
-        <v>47</v>
+        <v>116</v>
       </c>
       <c r="AI35" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="36">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>37</v>
       </c>
       <c r="J36" t="s">
         <v>108</v>
       </c>
       <c r="K36" t="s">
         <v>37</v>
       </c>
       <c r="L36" t="s">
         <v>37</v>
@@ -4418,54 +4418,54 @@
       <c r="Z36" t="s">
         <v>54</v>
       </c>
       <c r="AA36" t="s">
         <v>37</v>
       </c>
       <c r="AB36" t="s">
         <v>37</v>
       </c>
       <c r="AC36" t="s">
         <v>118</v>
       </c>
       <c r="AD36" t="s">
         <v>37</v>
       </c>
       <c r="AE36" t="s">
         <v>37</v>
       </c>
       <c r="AF36" t="s">
         <v>37</v>
       </c>
       <c r="AG36" t="s">
         <v>37</v>
       </c>
       <c r="AH36" t="s">
+        <v>59</v>
+      </c>
+      <c r="AI36" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="37">
       <c r="A37"/>
       <c r="B37"/>
       <c r="C37"/>
       <c r="D37"/>
       <c r="E37"/>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>119</v>
       </c>
       <c r="J37" t="s">
         <v>120</v>
       </c>
       <c r="K37" t="s">
         <v>119</v>
       </c>
       <c r="L37" t="s">
         <v>119</v>
       </c>
       <c r="M37" t="s">
         <v>121</v>
@@ -4476,87 +4476,87 @@
       <c r="O37" t="s">
         <v>119</v>
       </c>
       <c r="P37" t="s">
         <v>123</v>
       </c>
       <c r="Q37" t="s">
         <v>124</v>
       </c>
       <c r="R37" t="s">
         <v>124</v>
       </c>
       <c r="S37" t="s">
         <v>121</v>
       </c>
       <c r="T37" t="s">
         <v>123</v>
       </c>
       <c r="U37" t="s">
         <v>120</v>
       </c>
       <c r="V37" t="s">
         <v>120</v>
       </c>
       <c r="W37" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="X37" t="s">
         <v>120</v>
       </c>
       <c r="Y37" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="Z37" t="s">
         <v>121</v>
       </c>
       <c r="AA37" t="s">
         <v>126</v>
       </c>
       <c r="AB37" t="s">
         <v>127</v>
       </c>
       <c r="AC37" t="s">
         <v>124</v>
       </c>
       <c r="AD37" t="s">
         <v>126</v>
       </c>
       <c r="AE37" t="s">
+        <v>128</v>
+      </c>
+      <c r="AF37" t="s">
+        <v>123</v>
+      </c>
+      <c r="AG37" t="s">
+        <v>129</v>
+      </c>
+      <c r="AH37" t="s">
+        <v>123</v>
+      </c>
+      <c r="AI37" t="s">
         <v>120</v>
-      </c>
-[...10 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="38">
       <c r="A38"/>
       <c r="B38"/>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38"/>
       <c r="I38" t="s">
         <v>130</v>
       </c>
       <c r="J38" t="s">
         <v>131</v>
       </c>
       <c r="K38" t="s">
         <v>130</v>
       </c>
       <c r="L38" t="s">
         <v>132</v>
       </c>
       <c r="M38" t="s">
         <v>131</v>
@@ -4567,87 +4567,87 @@
       <c r="O38" t="s">
         <v>134</v>
       </c>
       <c r="P38" t="s">
         <v>135</v>
       </c>
       <c r="Q38" t="s">
         <v>136</v>
       </c>
       <c r="R38" t="s">
         <v>131</v>
       </c>
       <c r="S38" t="s">
         <v>137</v>
       </c>
       <c r="T38" t="s">
         <v>130</v>
       </c>
       <c r="U38" t="s">
         <v>132</v>
       </c>
       <c r="V38" t="s">
         <v>138</v>
       </c>
       <c r="W38" t="s">
+        <v>134</v>
+      </c>
+      <c r="X38" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="Y38" t="s">
         <v>140</v>
       </c>
       <c r="Z38" t="s">
         <v>133</v>
       </c>
       <c r="AA38" t="s">
         <v>141</v>
       </c>
       <c r="AB38" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="AC38" t="s">
         <v>141</v>
       </c>
       <c r="AD38" t="s">
         <v>135</v>
       </c>
       <c r="AE38" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="AF38" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AG38" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="AH38" t="s">
         <v>130</v>
       </c>
       <c r="AI38" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
     </row>
     <row r="39">
       <c r="A39"/>
       <c r="B39"/>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39"/>
       <c r="I39" t="s">
         <v>142</v>
       </c>
       <c r="J39" t="s">
         <v>143</v>
       </c>
       <c r="K39" t="s">
         <v>142</v>
       </c>
       <c r="L39" t="s">
         <v>143</v>
       </c>
       <c r="M39" t="s">
         <v>143</v>