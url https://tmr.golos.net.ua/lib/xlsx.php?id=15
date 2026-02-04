--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,87 +68,87 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
-  </si>
-[...10 lines deleted...]
-    <t>Савченко Олена Григорівна</t>
   </si>
   <si>
     <t>19.09.19  10:45:15</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
@@ -478,52 +478,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -677,54 +677,54 @@
       <c r="W2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE2" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>41</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>333Про внесення змін до міської програми забезпечення інвалідів технічними та іншими засобами медичного призначення для використання в амбулаторних та побутових умовах на 2019-2021 роки</t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>33</v>
@@ -786,54 +786,54 @@
       <c r="W3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z3" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE3" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF3" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>334Про затвердження міської цільової програми забезпечення виконання заходів пов’язаних із призовом громадян України на строкову військову службу, військову службу за контрактом у Збройних</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>33</v>
@@ -980,78 +980,78 @@
       <c r="O5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="X5" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Y5" t="s" s="5">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>336Про затвердження статуту комунального підприємства `Редакція міського радіо- мовлення` в новій редакції</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>33</v>
@@ -1414,57 +1414,57 @@
       <c r="O9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y9" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>40</v>
       </c>
@@ -1547,54 +1547,54 @@
       <c r="W10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF10" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>59</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>341Про надання згоди на передачу земельних ділянок по вул. Шашкевича,3 з приватної власності в комунальну власність</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>33</v>
@@ -1960,81 +1960,81 @@
       <c r="P14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AH14" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="AI14" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>66</v>
       </c>
       <c r="C15" t="inlineStr" s="4">
         <is>
           <t>345Про припинення договору оренди землі та права користування земельною ділянкою площею 0,0020 га по вул. Стебницькій Андріїшин К.П.</t>
         </is>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>46</v>
@@ -2066,57 +2066,57 @@
       <c r="O15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>40</v>
       </c>
@@ -2199,63 +2199,63 @@
       <c r="W16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="X16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE16" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF16" t="s" s="5">
         <v>48</v>
       </c>
-      <c r="AF16" t="s" s="5">
-[...1 lines deleted...]
-      </c>
       <c r="AG16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH16" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI16" t="s" s="5">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>71</v>
       </c>
       <c r="C17" t="inlineStr" s="4">
         <is>
           <t>347Про надання дозволу на виготовлення проекту із землеустрою щодо відведення земельної ділянки орієнтовно площею 0,0120га по вул. Пристая,2 Кульчинській Г.Л.</t>
         </is>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>34</v>
       </c>
       <c r="F17" t="s">
         <v>35</v>
       </c>
       <c r="G17" t="s">
         <v>36</v>
@@ -2287,84 +2287,84 @@
       <c r="P17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE17" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI17" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>73</v>
       </c>
       <c r="C18" t="s" s="4">
         <v>74</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>34</v>
       </c>
       <c r="F18" t="s">
         <v>35</v>
       </c>
       <c r="G18" t="s">
         <v>36</v>
       </c>
       <c r="H18" t="s">
@@ -2391,78 +2391,78 @@
       <c r="O18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE18" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF18" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI18" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
         <v>75</v>
       </c>
       <c r="C19" t="s" s="4">
         <v>76</v>
       </c>
       <c r="D19" t="s">
         <v>33</v>
       </c>
       <c r="E19" t="s">
@@ -2501,54 +2501,54 @@
       <c r="P19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y19" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG19" t="s" s="5">
         <v>40</v>
       </c>
@@ -2608,54 +2608,54 @@
       <c r="P20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y20" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG20" t="s" s="5">
         <v>40</v>
       </c>
@@ -2712,57 +2712,57 @@
       <c r="O21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="X21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y21" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG21" t="s" s="5">
         <v>40</v>
       </c>
@@ -2824,84 +2824,84 @@
       <c r="P22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y22" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="AG22" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH22" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI22" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>82</v>
       </c>
       <c r="C23" t="s" s="4">
         <v>83</v>
       </c>
       <c r="D23" t="s">
         <v>33</v>
       </c>
       <c r="E23" t="s">
         <v>68</v>
       </c>
       <c r="F23" t="s">
         <v>84</v>
       </c>
       <c r="G23" t="s">
         <v>36</v>
       </c>
       <c r="H23" t="s">
@@ -2931,84 +2931,84 @@
       <c r="P23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE23" t="s" s="5">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="AF23" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG23" t="s" s="5">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="AH23" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI23" t="s" s="5">
-        <v>48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
         <v>86</v>
       </c>
       <c r="C24" t="inlineStr" s="4">
         <is>
           <t>354Про дозвіл на виготовлення експертної грошової оцінки земельної ділянки площею 0,0053 га по вул. Джерельній Ляхоцькому Р.М.</t>
         </is>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>34</v>
       </c>
       <c r="F24" t="s">
         <v>35</v>
       </c>
       <c r="G24" t="s">
         <v>36</v>
@@ -3040,75 +3040,75 @@
       <c r="P24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y24" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE24" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF24" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>87</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>355Про розроблення детального плану території земельної ділянки за адресою вул.Суховоля,20</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>33</v>
@@ -3146,81 +3146,81 @@
       <c r="O25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Y25" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AF25" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AG25" t="s" s="5">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="AH25" t="s" s="5">
         <v>48</v>
       </c>
       <c r="AI25" t="s" s="5">
         <v>48</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
         <v>90</v>
       </c>
       <c r="C26" t="inlineStr" s="4">
         <is>
           <t>356Про затвердження містобудівної документації «Детальний план території земельної ділянки (кадастровий номер 4611500000:09:009:0030) розташованої за адресою вул.Бойківська у м.Трускавці, яка</t>
         </is>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>34</v>
@@ -3255,57 +3255,57 @@
       <c r="O26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="W26" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y26" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF26" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>40</v>
       </c>
@@ -3362,87 +3362,87 @@
       <c r="O27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Y27" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AF27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG27" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH27" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI27" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>94</v>
       </c>
       <c r="C28" t="s" s="4">
         <v>95</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>34</v>
       </c>
       <c r="F28" t="s">
         <v>96</v>
       </c>
       <c r="G28" t="s">
         <v>36</v>
       </c>
       <c r="H28" t="s">
@@ -3469,57 +3469,57 @@
       <c r="O28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>48</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W28" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="X28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y28" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG28" t="s" s="5">
         <v>40</v>
       </c>
@@ -3560,87 +3560,87 @@
       <c r="O29" t="s">
         <v>97</v>
       </c>
       <c r="P29" t="s">
         <v>53</v>
       </c>
       <c r="Q29" t="s">
         <v>42</v>
       </c>
       <c r="R29" t="s">
         <v>93</v>
       </c>
       <c r="S29" t="s">
         <v>98</v>
       </c>
       <c r="T29" t="s">
         <v>42</v>
       </c>
       <c r="U29" t="s">
         <v>97</v>
       </c>
       <c r="V29" t="s">
         <v>96</v>
       </c>
       <c r="W29" t="s">
+        <v>53</v>
+      </c>
+      <c r="X29" t="s">
+        <v>46</v>
+      </c>
+      <c r="Y29" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Z29" t="s">
         <v>93</v>
       </c>
       <c r="AA29" t="s">
         <v>99</v>
       </c>
       <c r="AB29" t="s">
         <v>100</v>
       </c>
       <c r="AC29" t="s">
         <v>46</v>
       </c>
       <c r="AD29" t="s">
         <v>97</v>
       </c>
       <c r="AE29" t="s">
+        <v>50</v>
+      </c>
+      <c r="AF29" t="s">
+        <v>98</v>
+      </c>
+      <c r="AG29" t="s">
         <v>97</v>
       </c>
-      <c r="AF29" t="s">
-[...2 lines deleted...]
-      <c r="AG29" t="s">
+      <c r="AH29" t="s">
         <v>98</v>
       </c>
-      <c r="AH29" t="s">
+      <c r="AI29" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="30">
       <c r="A30"/>
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>36</v>
       </c>
       <c r="J30" t="s">
         <v>36</v>
       </c>
       <c r="K30" t="s">
         <v>36</v>
       </c>
       <c r="L30" t="s">
         <v>36</v>
       </c>
       <c r="M30" t="s">
         <v>36</v>
@@ -3742,84 +3742,84 @@
       <c r="O31" t="s">
         <v>101</v>
       </c>
       <c r="P31" t="s">
         <v>101</v>
       </c>
       <c r="Q31" t="s">
         <v>105</v>
       </c>
       <c r="R31" t="s">
         <v>101</v>
       </c>
       <c r="S31" t="s">
         <v>101</v>
       </c>
       <c r="T31" t="s">
         <v>101</v>
       </c>
       <c r="U31" t="s">
         <v>102</v>
       </c>
       <c r="V31" t="s">
         <v>104</v>
       </c>
       <c r="W31" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="X31" t="s">
         <v>101</v>
       </c>
       <c r="Y31" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="Z31" t="s">
         <v>101</v>
       </c>
       <c r="AA31" t="s">
         <v>101</v>
       </c>
       <c r="AB31" t="s">
         <v>104</v>
       </c>
       <c r="AC31" t="s">
         <v>103</v>
       </c>
       <c r="AD31" t="s">
         <v>103</v>
       </c>
       <c r="AE31" t="s">
+        <v>103</v>
+      </c>
+      <c r="AF31" t="s">
         <v>105</v>
       </c>
-      <c r="AF31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG31" t="s">
+        <v>102</v>
+      </c>
+      <c r="AH31" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="AI31" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="32">
       <c r="A32"/>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>106</v>
       </c>
       <c r="J32" t="s">
         <v>107</v>
       </c>
       <c r="K32" t="s">
         <v>108</v>
       </c>
       <c r="L32" t="s">
         <v>109</v>
@@ -3833,87 +3833,87 @@
       <c r="O32" t="s">
         <v>110</v>
       </c>
       <c r="P32" t="s">
         <v>107</v>
       </c>
       <c r="Q32" t="s">
         <v>111</v>
       </c>
       <c r="R32" t="s">
         <v>106</v>
       </c>
       <c r="S32" t="s">
         <v>109</v>
       </c>
       <c r="T32" t="s">
         <v>112</v>
       </c>
       <c r="U32" t="s">
         <v>108</v>
       </c>
       <c r="V32" t="s">
         <v>109</v>
       </c>
       <c r="W32" t="s">
+        <v>107</v>
+      </c>
+      <c r="X32" t="s">
+        <v>113</v>
+      </c>
+      <c r="Y32" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="Z32" t="s">
         <v>106</v>
       </c>
       <c r="AA32" t="s">
         <v>106</v>
       </c>
       <c r="AB32" t="s">
         <v>108</v>
       </c>
       <c r="AC32" t="s">
         <v>108</v>
       </c>
       <c r="AD32" t="s">
         <v>106</v>
       </c>
       <c r="AE32" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="AF32" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="AG32" t="s">
         <v>108</v>
       </c>
       <c r="AH32" t="s">
         <v>108</v>
       </c>
       <c r="AI32" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
     </row>
     <row r="33">
       <c r="A33"/>
       <c r="B33"/>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>115</v>
       </c>
       <c r="J33" t="s">
         <v>116</v>
       </c>
       <c r="K33" t="s">
         <v>117</v>
       </c>
       <c r="L33" t="s">
         <v>117</v>
       </c>
       <c r="M33" t="s">
         <v>115</v>
@@ -3924,78 +3924,78 @@
       <c r="O33" t="s">
         <v>117</v>
       </c>
       <c r="P33" t="s">
         <v>117</v>
       </c>
       <c r="Q33" t="s">
         <v>118</v>
       </c>
       <c r="R33" t="s">
         <v>115</v>
       </c>
       <c r="S33" t="s">
         <v>117</v>
       </c>
       <c r="T33" t="s">
         <v>118</v>
       </c>
       <c r="U33" t="s">
         <v>117</v>
       </c>
       <c r="V33" t="s">
         <v>119</v>
       </c>
       <c r="W33" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="X33" t="s">
         <v>117</v>
       </c>
       <c r="Y33" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="Z33" t="s">
         <v>115</v>
       </c>
       <c r="AA33" t="s">
         <v>117</v>
       </c>
       <c r="AB33" t="s">
         <v>117</v>
       </c>
       <c r="AC33" t="s">
         <v>121</v>
       </c>
       <c r="AD33" t="s">
         <v>117</v>
       </c>
       <c r="AE33" t="s">
+        <v>116</v>
+      </c>
+      <c r="AF33" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="AG33" t="s">
         <v>117</v>
       </c>
       <c r="AH33" t="s">
         <v>117</v>
       </c>
       <c r="AI33" t="s">
         <v>117</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>