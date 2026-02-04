--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,89 +68,89 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
   </si>
   <si>
-    <t>Яворський Юрій Михайлович</t>
-[...10 lines deleted...]
-  <si>
     <t>30.07.19  11:05:21</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>Проти: 0</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Не голос.</t>
   </si>
   <si>
     <t>За</t>
@@ -542,57 +542,57 @@
   <si>
     <t>За: 74</t>
   </si>
   <si>
     <t>За: 77</t>
   </si>
   <si>
     <t>За: 10</t>
   </si>
   <si>
     <t>За: 56</t>
   </si>
   <si>
     <t>За: 71</t>
   </si>
   <si>
     <t>За: 60</t>
   </si>
   <si>
     <t>За: 58</t>
   </si>
   <si>
     <t>За: 69</t>
   </si>
   <si>
+    <t>За: 61</t>
+  </si>
+  <si>
+    <t>За: 76</t>
+  </si>
+  <si>
     <t>За: 75</t>
-  </si>
-[...4 lines deleted...]
-    <t>За: 76</t>
   </si>
   <si>
     <t>Проти: 4</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 4</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
     <t>Утр.: 7</t>
   </si>
   <si>
     <t>Утр.: 3</t>
   </si>
   <si>
     <t>Утр.: 6</t>
   </si>
@@ -736,52 +736,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -1130,75 +1130,75 @@
       <c r="P4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="U4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V4" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>47</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>251Про внесення змін до міської цільової Програми захисту населення і території від надзвичайних ситуацій техногенного та природнього характеру на 2019 рік</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>33</v>
@@ -1236,54 +1236,54 @@
       <c r="O5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V5" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>40</v>
       </c>
@@ -1345,54 +1345,54 @@
       <c r="O6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P6" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V6" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC6" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>40</v>
       </c>
@@ -1452,54 +1452,54 @@
       <c r="O7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P7" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V7" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC7" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>40</v>
       </c>
@@ -1559,54 +1559,54 @@
       <c r="O8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P8" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V8" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC8" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>40</v>
       </c>
@@ -1668,54 +1668,54 @@
       <c r="O9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P9" t="s" s="5">
         <v>46</v>
       </c>
       <c r="Q9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V9" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W9" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X9" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC9" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>40</v>
       </c>
@@ -1778,75 +1778,75 @@
       <c r="P10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W10" t="s" s="5">
         <v>38</v>
       </c>
       <c r="X10" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y10" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="Z10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE10" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AF10" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AG10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH10" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI10" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
       <c r="C11" t="inlineStr" s="4">
         <is>
           <t>257Пропозиція: Зменшити видатки на пільги і субсидії згідно розпорядження ЛОДА на суму 99731 грн 99 коп.</t>
         </is>
       </c>
       <c r="D11" t="s">
         <v>55</v>
@@ -1884,87 +1884,87 @@
       <c r="O11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V11" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W11" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC11" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG11" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH11" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AI11" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>66</v>
       </c>
       <c r="C12" t="s" s="4">
         <v>67</v>
       </c>
       <c r="D12" t="s">
         <v>55</v>
       </c>
       <c r="E12" t="s">
         <v>68</v>
       </c>
       <c r="F12" t="s">
         <v>69</v>
       </c>
       <c r="G12" t="s">
         <v>51</v>
       </c>
       <c r="H12" t="s">
@@ -1991,87 +1991,87 @@
       <c r="O12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="V12" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W12" t="s" s="5">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="X12" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Z12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA12" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB12" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC12" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD12" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AF12" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AG12" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AH12" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AI12" t="s" s="5">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>70</v>
       </c>
       <c r="C13" t="s" s="4">
         <v>71</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>48</v>
       </c>
       <c r="G13" t="s">
         <v>36</v>
       </c>
       <c r="H13" t="s">
@@ -2098,78 +2098,78 @@
       <c r="O13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V13" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W13" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AG13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH13" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI13" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
       <c r="C14" t="s" s="4">
         <v>73</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
@@ -2205,57 +2205,57 @@
       <c r="O14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P14" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V14" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W14" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF14" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG14" t="s" s="5">
         <v>40</v>
       </c>
@@ -2314,57 +2314,57 @@
       <c r="O15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P15" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V15" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W15" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X15" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y15" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF15" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG15" t="s" s="5">
         <v>40</v>
       </c>
@@ -2423,57 +2423,57 @@
       <c r="O16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V16" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W16" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X16" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y16" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD16" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF16" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG16" t="s" s="5">
         <v>40</v>
       </c>
@@ -2532,54 +2532,54 @@
       <c r="O17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V17" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W17" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X17" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD17" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE17" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF17" t="s" s="5">
         <v>40</v>
       </c>
@@ -2641,54 +2641,54 @@
       <c r="O18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V18" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W18" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X18" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD18" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE18" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF18" t="s" s="5">
         <v>40</v>
       </c>
@@ -2750,54 +2750,54 @@
       <c r="O19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V19" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W19" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X19" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC19" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE19" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF19" t="s" s="5">
         <v>40</v>
       </c>
@@ -2859,54 +2859,54 @@
       <c r="O20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V20" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W20" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X20" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC20" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE20" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF20" t="s" s="5">
         <v>40</v>
       </c>
@@ -2968,54 +2968,54 @@
       <c r="O21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V21" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W21" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X21" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC21" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE21" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF21" t="s" s="5">
         <v>40</v>
       </c>
@@ -3077,78 +3077,78 @@
       <c r="O22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V22" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W22" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X22" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB22" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC22" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE22" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AF22" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AG22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH22" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI22" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
         <v>83</v>
       </c>
       <c r="C23" t="inlineStr" s="4">
         <is>
           <t>269Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки Михаськ О.С.</t>
         </is>
       </c>
       <c r="D23" t="s">
         <v>33</v>
@@ -3186,57 +3186,57 @@
       <c r="O23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V23" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W23" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X23" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y23" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB23" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF23" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG23" t="s" s="5">
         <v>40</v>
       </c>
@@ -3295,84 +3295,84 @@
       <c r="O24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V24" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W24" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X24" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB24" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF24" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG24" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AH24" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AI24" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
         <v>85</v>
       </c>
       <c r="C25" t="inlineStr" s="4">
         <is>
           <t>271Про надання дозволу на виготовлення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) Салань В.М..</t>
         </is>
       </c>
       <c r="D25" t="s">
         <v>33</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>44</v>
@@ -3404,54 +3404,54 @@
       <c r="O25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V25" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W25" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X25" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB25" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE25" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF25" t="s" s="5">
         <v>40</v>
       </c>
@@ -3513,78 +3513,78 @@
       <c r="O26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="Q26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="U26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="V26" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W26" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="X26" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="Y26" t="s" s="5">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="Z26" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AA26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB26" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC26" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD26" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE26" t="s" s="5">
+        <v>52</v>
+      </c>
+      <c r="AF26" t="s" s="5">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="AG26" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AH26" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AI26" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
         <v>90</v>
       </c>
       <c r="C27" t="inlineStr" s="4">
         <is>
           <t>273Про надання дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по зміні цільового призначення ТзОВ «Ріал Істейт»</t>
         </is>
       </c>
       <c r="D27" t="s">
         <v>33</v>
@@ -3622,78 +3622,78 @@
       <c r="O27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V27" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W27" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X27" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE27" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF27" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH27" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI27" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>91</v>
       </c>
       <c r="C28" t="inlineStr" s="4">
         <is>
           <t>274Про надання дозволу на виготовлення документації із землеустрою по поділу земельної ділянки площею 0,9898 га по вул.Помірецька,51 ПрАТ «Трускавецькурорт»</t>
         </is>
       </c>
       <c r="D28" t="s">
         <v>33</v>
@@ -3731,84 +3731,84 @@
       <c r="O28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V28" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W28" t="s" s="5">
+        <v>38</v>
+      </c>
+      <c r="X28" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="Y28" t="s" s="5">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="Z28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB28" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC28" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD28" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE28" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF28" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG28" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AH28" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AI28" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>94</v>
       </c>
       <c r="C29" t="inlineStr" s="4">
         <is>
           <t>275Про відмову в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по вул.Франка, 46 в м. Трускавці ОСББ «Дністер»</t>
         </is>
       </c>
       <c r="D29" t="s">
         <v>33</v>
       </c>
       <c r="E29" t="s">
         <v>34</v>
       </c>
       <c r="F29" t="s">
         <v>60</v>
@@ -3840,84 +3840,84 @@
       <c r="O29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V29" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W29" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X29" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF29" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG29" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AH29" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AI29" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>95</v>
       </c>
       <c r="C30" t="inlineStr" s="4">
         <is>
           <t>276Про відмову в наданні дозволу на виготовлення проекту землеустрою щодо відведення земельної ділянки по вул.Франка, 53 в м. Трускавці Фендак І.С.</t>
         </is>
       </c>
       <c r="D30" t="s">
         <v>33</v>
       </c>
       <c r="E30" t="s">
         <v>34</v>
       </c>
       <c r="F30" t="s">
         <v>48</v>
@@ -3949,54 +3949,54 @@
       <c r="O30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V30" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W30" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X30" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE30" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF30" t="s" s="5">
         <v>40</v>
       </c>
@@ -4058,54 +4058,54 @@
       <c r="O31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V31" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W31" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X31" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE31" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF31" t="s" s="5">
         <v>40</v>
       </c>
@@ -4167,54 +4167,54 @@
       <c r="O32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V32" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W32" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X32" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE32" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF32" t="s" s="5">
         <v>40</v>
       </c>
@@ -4276,54 +4276,54 @@
       <c r="O33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V33" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W33" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X33" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE33" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF33" t="s" s="5">
         <v>40</v>
       </c>
@@ -4385,54 +4385,54 @@
       <c r="O34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V34" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W34" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X34" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE34" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF34" t="s" s="5">
         <v>40</v>
       </c>
@@ -4494,54 +4494,54 @@
       <c r="O35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V35" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W35" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X35" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE35" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF35" t="s" s="5">
         <v>40</v>
       </c>
@@ -4603,54 +4603,54 @@
       <c r="O36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V36" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W36" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X36" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE36" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF36" t="s" s="5">
         <v>40</v>
       </c>
@@ -4710,54 +4710,54 @@
       <c r="O37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V37" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W37" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X37" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE37" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>40</v>
       </c>
@@ -4819,54 +4819,54 @@
       <c r="O38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V38" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W38" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X38" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE38" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF38" t="s" s="5">
         <v>40</v>
       </c>
@@ -4928,54 +4928,54 @@
       <c r="O39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V39" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W39" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X39" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE39" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF39" t="s" s="5">
         <v>40</v>
       </c>
@@ -5037,87 +5037,87 @@
       <c r="O40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V40" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W40" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X40" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE40" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AF40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH40" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI40" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>107</v>
       </c>
       <c r="C41" t="inlineStr" s="4">
         <is>
           <t>287Про затвердження проекту землеустрою щодо відведення земельної ділянки по вул. Джерельній,3 та надання у користування на умовах оренди Ляхоцькому Р.М.</t>
         </is>
       </c>
       <c r="D41" t="s">
         <v>33</v>
       </c>
       <c r="E41" t="s">
         <v>34</v>
       </c>
       <c r="F41" t="s">
         <v>44</v>
       </c>
       <c r="G41" t="s">
         <v>36</v>
@@ -5146,78 +5146,78 @@
       <c r="O41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V41" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W41" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X41" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE41" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AF41" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AG41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH41" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI41" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>108</v>
       </c>
       <c r="C42" t="inlineStr" s="4">
         <is>
           <t>288Про затвердження проекту землеустрою щодо відведення земельної ділянки зі зміною цільового призначення по вул. Данилишиних Беднарчуку Ю.Р.</t>
         </is>
       </c>
       <c r="D42" t="s">
         <v>33</v>
@@ -5255,57 +5255,57 @@
       <c r="O42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V42" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W42" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X42" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y42" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB42" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF42" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG42" t="s" s="5">
         <v>40</v>
       </c>
@@ -5362,57 +5362,57 @@
       <c r="O43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V43" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W43" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X43" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y43" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF43" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG43" t="s" s="5">
         <v>40</v>
       </c>
@@ -5469,57 +5469,57 @@
       <c r="O44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V44" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W44" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X44" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y44" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB44" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF44" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG44" t="s" s="5">
         <v>40</v>
       </c>
@@ -5578,78 +5578,78 @@
       <c r="O45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V45" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W45" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X45" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC45" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE45" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AF45" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AG45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH45" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI45" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>114</v>
       </c>
       <c r="C46" t="s" s="4">
         <v>115</v>
       </c>
       <c r="D46" t="s">
         <v>33</v>
       </c>
       <c r="E46" t="s">
@@ -5685,54 +5685,54 @@
       <c r="O46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V46" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W46" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X46" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC46" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE46" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF46" t="s" s="5">
         <v>40</v>
       </c>
@@ -5792,54 +5792,54 @@
       <c r="O47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V47" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W47" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X47" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE47" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF47" t="s" s="5">
         <v>40</v>
       </c>
@@ -5901,84 +5901,84 @@
       <c r="O48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V48" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W48" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X48" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC48" t="s" s="5">
         <v>52</v>
       </c>
       <c r="AD48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF48" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG48" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AH48" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AI48" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>119</v>
       </c>
       <c r="C49" t="s" s="4">
         <v>120</v>
       </c>
       <c r="D49" t="s">
         <v>33</v>
       </c>
       <c r="E49" t="s">
         <v>34</v>
       </c>
       <c r="F49" t="s">
         <v>44</v>
       </c>
       <c r="G49" t="s">
@@ -6008,78 +6008,78 @@
       <c r="O49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P49" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V49" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W49" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X49" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y49" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE49" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AF49" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AG49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH49" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI49" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
         <v>121</v>
       </c>
       <c r="C50" t="s" s="4">
         <v>122</v>
       </c>
       <c r="D50" t="s">
         <v>33</v>
       </c>
       <c r="E50" t="s">
@@ -6115,54 +6115,54 @@
       <c r="O50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V50" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W50" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X50" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD50" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE50" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF50" t="s" s="5">
         <v>40</v>
       </c>
@@ -6222,54 +6222,54 @@
       <c r="O51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="U51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V51" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W51" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X51" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD51" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE51" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF51" t="s" s="5">
         <v>40</v>
       </c>
@@ -6329,54 +6329,54 @@
       <c r="O52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P52" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V52" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W52" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X52" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE52" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF52" t="s" s="5">
         <v>40</v>
       </c>
@@ -6438,81 +6438,81 @@
       <c r="O53" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V53" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W53" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X53" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF53" t="s" s="5">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="AG53" t="s" s="5">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="AH53" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI53" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>128</v>
       </c>
       <c r="C54" t="inlineStr" s="4">
         <is>
           <t>301Про припинення права постійного користування земельною ділянкою ПрАТ «Трускавецькурорт»</t>
         </is>
       </c>
       <c r="D54" t="s">
         <v>33</v>
       </c>
       <c r="E54" t="s">
         <v>34</v>
@@ -6547,54 +6547,54 @@
       <c r="O54" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V54" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W54" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X54" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE54" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF54" t="s" s="5">
         <v>40</v>
       </c>
@@ -6656,54 +6656,54 @@
       <c r="O55" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V55" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W55" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X55" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE55" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF55" t="s" s="5">
         <v>40</v>
       </c>
@@ -6765,57 +6765,57 @@
       <c r="O56" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V56" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W56" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X56" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y56" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF56" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG56" t="s" s="5">
         <v>40</v>
       </c>
@@ -6872,57 +6872,57 @@
       <c r="O57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V57" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W57" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X57" t="s" s="5">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Y57" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF57" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG57" t="s" s="5">
         <v>40</v>
       </c>
@@ -6981,57 +6981,57 @@
       <c r="O58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W58" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X58" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y58" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF58" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG58" t="s" s="5">
         <v>40</v>
       </c>
@@ -7088,57 +7088,57 @@
       <c r="O59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W59" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X59" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y59" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF59" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG59" t="s" s="5">
         <v>40</v>
       </c>
@@ -7197,81 +7197,81 @@
       <c r="O60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="P60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W60" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X60" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y60" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB60" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF60" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="AG60" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="AH60" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI60" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>137</v>
       </c>
       <c r="C61" t="inlineStr" s="4">
         <is>
           <t>308Про внесення змін в міську програму «Розробка схеми планування та забудови територій (містобудівна документація» , затверджену рішенням міської ради № 1287 від 18.04.2018 р.</t>
         </is>
       </c>
       <c r="D61" t="s">
         <v>33</v>
       </c>
       <c r="E61" t="s">
         <v>34</v>
@@ -7306,57 +7306,57 @@
       <c r="O61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W61" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X61" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y61" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB61" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF61" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG61" t="s" s="5">
         <v>40</v>
       </c>
@@ -7415,57 +7415,57 @@
       <c r="O62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W62" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X62" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y62" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC62" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF62" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG62" t="s" s="5">
         <v>40</v>
       </c>
@@ -7524,57 +7524,57 @@
       <c r="O63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W63" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X63" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y63" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB63" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF63" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG63" t="s" s="5">
         <v>40</v>
       </c>
@@ -7633,57 +7633,57 @@
       <c r="O64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W64" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X64" t="s" s="5">
         <v>38</v>
       </c>
       <c r="Y64" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB64" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF64" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AG64" t="s" s="5">
         <v>40</v>
       </c>
@@ -7742,54 +7742,54 @@
       <c r="O65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V65" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W65" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X65" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB65" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD65" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE65" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF65" t="s" s="5">
         <v>40</v>
       </c>
@@ -7851,54 +7851,54 @@
       <c r="O66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="P66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V66" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W66" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X66" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB66" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE66" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF66" t="s" s="5">
         <v>40</v>
       </c>
@@ -7960,54 +7960,54 @@
       <c r="O67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V67" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W67" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X67" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB67" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE67" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF67" t="s" s="5">
         <v>40</v>
       </c>
@@ -8069,54 +8069,54 @@
       <c r="O68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V68" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W68" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X68" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB68" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE68" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF68" t="s" s="5">
         <v>40</v>
       </c>
@@ -8178,54 +8178,54 @@
       <c r="O69" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P69" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T69" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U69" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V69" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W69" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X69" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y69" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z69" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA69" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AC69" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD69" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE69" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF69" t="s" s="5">
         <v>40</v>
       </c>
@@ -8287,54 +8287,54 @@
       <c r="O70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P70" t="s" s="5">
         <v>39</v>
       </c>
       <c r="Q70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V70" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W70" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X70" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE70" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF70" t="s" s="5">
         <v>40</v>
       </c>
@@ -8396,54 +8396,54 @@
       <c r="O71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V71" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W71" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X71" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE71" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF71" t="s" s="5">
         <v>40</v>
       </c>
@@ -8503,54 +8503,54 @@
       <c r="O72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="P72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V72" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W72" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="X72" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Y72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC72" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE72" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF72" t="s" s="5">
         <v>40</v>
       </c>
@@ -8612,87 +8612,87 @@
       <c r="O73" t="s" s="5">
         <v>46</v>
       </c>
       <c r="P73" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T73" t="s" s="5">
         <v>46</v>
       </c>
       <c r="U73" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W73" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="X73" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="Y73" t="s" s="5">
         <v>46</v>
       </c>
-      <c r="X73" t="s" s="5">
-[...4 lines deleted...]
-      </c>
       <c r="Z73" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AB73" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AD73" t="s" s="5">
         <v>39</v>
       </c>
       <c r="AE73" t="s" s="5">
+        <v>39</v>
+      </c>
+      <c r="AF73" t="s" s="5">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="AG73" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AH73" t="s" s="5">
+        <v>40</v>
+      </c>
+      <c r="AI73" t="s" s="5">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>152</v>
       </c>
       <c r="C74" t="inlineStr" s="4">
         <is>
           <t>321“ Про внесення змін та доповнень до рішення міської ради від 19.07.2016р №246 «Про затвердження переліку адміністративних послуг, які надаються через ЦНАП у новій редакції»</t>
         </is>
       </c>
       <c r="D74" t="s">
         <v>33</v>
       </c>
       <c r="E74" t="s">
         <v>34</v>
       </c>
       <c r="F74" t="s">
         <v>60</v>
       </c>
       <c r="G74" t="s">
         <v>36</v>
@@ -8724,75 +8724,75 @@
       <c r="P74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="R74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="S74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="T74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="V74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="W74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X74" t="s" s="5">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="Y74" t="s" s="5">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Z74" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE74" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF74" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH74" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI74" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>153</v>
       </c>
       <c r="C75" t="inlineStr" s="4">
         <is>
           <t>322Внесення змін в положення про управління містобудування,архітектури та землекористування та в положення про відділ містобудування і архітектури управління містобудування, архітектури та</t>
         </is>
       </c>
       <c r="D75" t="s">
         <v>33</v>
@@ -8854,54 +8854,54 @@
       <c r="W75" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X75" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y75" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z75" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA75" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB75" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC75" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD75" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE75" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF75" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG75" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH75" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI75" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>154</v>
       </c>
       <c r="C76" t="s" s="4">
         <v>155</v>
       </c>
       <c r="D76" t="s">
         <v>33</v>
       </c>
       <c r="E76" t="s">
@@ -8961,54 +8961,54 @@
       <c r="W76" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X76" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y76" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z76" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA76" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB76" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC76" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD76" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE76" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF76" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG76" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH76" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI76" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>156</v>
       </c>
       <c r="C77" t="s" s="4">
         <v>157</v>
       </c>
       <c r="D77" t="s">
         <v>33</v>
       </c>
       <c r="E77" t="s">
@@ -9068,57 +9068,57 @@
       <c r="W77" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X77" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y77" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AA77" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB77" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC77" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD77" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE77" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF77" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AG77" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AH77" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI77" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>158</v>
       </c>
       <c r="C78" t="s" s="4">
         <v>159</v>
       </c>
       <c r="D78" t="s">
         <v>33</v>
       </c>
       <c r="E78" t="s">
         <v>34</v>
       </c>
       <c r="F78" t="s">
@@ -9175,54 +9175,54 @@
       <c r="W78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE78" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF78" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH78" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI78" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>160</v>
       </c>
       <c r="C79" t="s" s="4">
         <v>161</v>
       </c>
       <c r="D79" t="s">
         <v>33</v>
       </c>
       <c r="E79" t="s">
@@ -9282,54 +9282,54 @@
       <c r="W79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE79" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF79" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH79" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI79" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>162</v>
       </c>
       <c r="C80" t="s" s="4">
         <v>163</v>
       </c>
       <c r="D80" t="s">
         <v>33</v>
       </c>
       <c r="E80" t="s">
@@ -9389,54 +9389,54 @@
       <c r="W80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Y80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Z80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AA80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE80" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AF80" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AG80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AH80" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AI80" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="81">
       <c r="A81"/>
       <c r="B81"/>
       <c r="C81"/>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81"/>
       <c r="I81" t="s">
         <v>164</v>
       </c>
       <c r="J81" t="s">
         <v>164</v>
@@ -9456,84 +9456,84 @@
       <c r="O81" t="s">
         <v>167</v>
       </c>
       <c r="P81" t="s">
         <v>168</v>
       </c>
       <c r="Q81" t="s">
         <v>164</v>
       </c>
       <c r="R81" t="s">
         <v>164</v>
       </c>
       <c r="S81" t="s">
         <v>164</v>
       </c>
       <c r="T81" t="s">
         <v>169</v>
       </c>
       <c r="U81" t="s">
         <v>170</v>
       </c>
       <c r="V81" t="s">
         <v>164</v>
       </c>
       <c r="W81" t="s">
+        <v>171</v>
+      </c>
+      <c r="X81" t="s">
+        <v>172</v>
+      </c>
+      <c r="Y81" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="Z81" t="s">
         <v>173</v>
       </c>
       <c r="AA81" t="s">
         <v>169</v>
       </c>
       <c r="AB81" t="s">
         <v>174</v>
       </c>
       <c r="AC81" t="s">
         <v>175</v>
       </c>
       <c r="AD81" t="s">
         <v>176</v>
       </c>
       <c r="AE81" t="s">
         <v>177</v>
       </c>
       <c r="AF81" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="AG81" t="s">
         <v>165</v>
       </c>
       <c r="AH81" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="AI81" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="82">
       <c r="A82"/>
       <c r="B82"/>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
       <c r="I82" t="s">
         <v>36</v>
       </c>
       <c r="J82" t="s">
         <v>36</v>
       </c>
       <c r="K82" t="s">
         <v>36</v>
       </c>
       <c r="L82" t="s">
         <v>36</v>
@@ -9547,87 +9547,87 @@
       <c r="O82" t="s">
         <v>36</v>
       </c>
       <c r="P82" t="s">
         <v>51</v>
       </c>
       <c r="Q82" t="s">
         <v>36</v>
       </c>
       <c r="R82" t="s">
         <v>36</v>
       </c>
       <c r="S82" t="s">
         <v>36</v>
       </c>
       <c r="T82" t="s">
         <v>51</v>
       </c>
       <c r="U82" t="s">
         <v>51</v>
       </c>
       <c r="V82" t="s">
         <v>36</v>
       </c>
       <c r="W82" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="X82" t="s">
         <v>36</v>
       </c>
       <c r="Y82" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="Z82" t="s">
         <v>36</v>
       </c>
       <c r="AA82" t="s">
         <v>36</v>
       </c>
       <c r="AB82" t="s">
         <v>36</v>
       </c>
       <c r="AC82" t="s">
         <v>180</v>
       </c>
       <c r="AD82" t="s">
         <v>36</v>
       </c>
       <c r="AE82" t="s">
         <v>51</v>
       </c>
       <c r="AF82" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
       <c r="AG82" t="s">
         <v>36</v>
       </c>
       <c r="AH82" t="s">
         <v>36</v>
       </c>
       <c r="AI82" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
     </row>
     <row r="83">
       <c r="A83"/>
       <c r="B83"/>
       <c r="C83"/>
       <c r="D83"/>
       <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83"/>
       <c r="I83" t="s">
         <v>181</v>
       </c>
       <c r="J83" t="s">
         <v>181</v>
       </c>
       <c r="K83" t="s">
         <v>182</v>
       </c>
       <c r="L83" t="s">
         <v>183</v>
       </c>
       <c r="M83" t="s">
         <v>181</v>
@@ -9638,84 +9638,84 @@
       <c r="O83" t="s">
         <v>183</v>
       </c>
       <c r="P83" t="s">
         <v>183</v>
       </c>
       <c r="Q83" t="s">
         <v>181</v>
       </c>
       <c r="R83" t="s">
         <v>181</v>
       </c>
       <c r="S83" t="s">
         <v>181</v>
       </c>
       <c r="T83" t="s">
         <v>183</v>
       </c>
       <c r="U83" t="s">
         <v>181</v>
       </c>
       <c r="V83" t="s">
         <v>181</v>
       </c>
       <c r="W83" t="s">
+        <v>181</v>
+      </c>
+      <c r="X83" t="s">
+        <v>183</v>
+      </c>
+      <c r="Y83" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="Z83" t="s">
         <v>183</v>
       </c>
       <c r="AA83" t="s">
         <v>181</v>
       </c>
       <c r="AB83" t="s">
         <v>184</v>
       </c>
       <c r="AC83" t="s">
         <v>185</v>
       </c>
       <c r="AD83" t="s">
         <v>186</v>
       </c>
       <c r="AE83" t="s">
+        <v>187</v>
+      </c>
+      <c r="AF83" t="s">
+        <v>186</v>
+      </c>
+      <c r="AG83" t="s">
+        <v>188</v>
+      </c>
+      <c r="AH83" t="s">
         <v>184</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
       <c r="AI83" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="84">
       <c r="A84"/>
       <c r="B84"/>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
       <c r="I84" t="s">
         <v>189</v>
       </c>
       <c r="J84" t="s">
         <v>190</v>
       </c>
       <c r="K84" t="s">
         <v>190</v>
       </c>
       <c r="L84" t="s">
         <v>191</v>
@@ -9732,78 +9732,78 @@
       <c r="P84" t="s">
         <v>192</v>
       </c>
       <c r="Q84" t="s">
         <v>189</v>
       </c>
       <c r="R84" t="s">
         <v>189</v>
       </c>
       <c r="S84" t="s">
         <v>189</v>
       </c>
       <c r="T84" t="s">
         <v>190</v>
       </c>
       <c r="U84" t="s">
         <v>193</v>
       </c>
       <c r="V84" t="s">
         <v>189</v>
       </c>
       <c r="W84" t="s">
         <v>193</v>
       </c>
       <c r="X84" t="s">
+        <v>195</v>
+      </c>
+      <c r="Y84" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="Z84" t="s">
         <v>189</v>
       </c>
       <c r="AA84" t="s">
         <v>191</v>
       </c>
       <c r="AB84" t="s">
         <v>196</v>
       </c>
       <c r="AC84" t="s">
         <v>197</v>
       </c>
       <c r="AD84" t="s">
         <v>198</v>
       </c>
       <c r="AE84" t="s">
+        <v>199</v>
+      </c>
+      <c r="AF84" t="s">
+        <v>190</v>
+      </c>
+      <c r="AG84" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>190</v>
       </c>
       <c r="AH84" t="s">
         <v>193</v>
       </c>
       <c r="AI84" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="85">
       <c r="A85"/>
       <c r="B85"/>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
       <c r="I85" t="s">
         <v>200</v>
       </c>
       <c r="J85" t="s">
         <v>201</v>
       </c>
       <c r="K85" t="s">
         <v>202</v>
@@ -9820,81 +9820,81 @@
       <c r="O85" t="s">
         <v>204</v>
       </c>
       <c r="P85" t="s">
         <v>202</v>
       </c>
       <c r="Q85" t="s">
         <v>200</v>
       </c>
       <c r="R85" t="s">
         <v>200</v>
       </c>
       <c r="S85" t="s">
         <v>200</v>
       </c>
       <c r="T85" t="s">
         <v>205</v>
       </c>
       <c r="U85" t="s">
         <v>202</v>
       </c>
       <c r="V85" t="s">
         <v>200</v>
       </c>
       <c r="W85" t="s">
+        <v>206</v>
+      </c>
+      <c r="X85" t="s">
+        <v>207</v>
+      </c>
+      <c r="Y85" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
       <c r="Z85" t="s">
         <v>207</v>
       </c>
       <c r="AA85" t="s">
         <v>202</v>
       </c>
       <c r="AB85" t="s">
         <v>202</v>
       </c>
       <c r="AC85" t="s">
         <v>202</v>
       </c>
       <c r="AD85" t="s">
         <v>202</v>
       </c>
       <c r="AE85" t="s">
+        <v>207</v>
+      </c>
+      <c r="AF85" t="s">
+        <v>205</v>
+      </c>
+      <c r="AG85" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="AH85" t="s">
         <v>202</v>
       </c>
       <c r="AI85" t="s">
         <v>202</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">