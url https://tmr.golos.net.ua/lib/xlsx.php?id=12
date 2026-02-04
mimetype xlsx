--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -68,87 +68,87 @@
   <si>
     <t>Карпин Олег Романович</t>
   </si>
   <si>
     <t>Кенц-Березюк Іванна Михайлівна</t>
   </si>
   <si>
     <t>Кісак Андрій Ігорович</t>
   </si>
   <si>
     <t>Кіселичник Михайло Миколайович</t>
   </si>
   <si>
     <t>Матолич Тарас Богданович</t>
   </si>
   <si>
     <t>Мицько Мирослав Іванович</t>
   </si>
   <si>
     <t>Наконечний Юрій Осипович</t>
   </si>
   <si>
     <t>Остапчук Андрій Юрійович</t>
   </si>
   <si>
+    <t>Пристай Руслан Степанович</t>
+  </si>
+  <si>
+    <t>Сазонова Віра Михайлівна</t>
+  </si>
+  <si>
     <t>Сеньків Микола Васильович</t>
   </si>
   <si>
-    <t>Пристай Руслан Степанович</t>
-[...4 lines deleted...]
-  <si>
     <t>Стародуб Анатолій Георгійович</t>
   </si>
   <si>
     <t>Стасик Ігор Степанович</t>
   </si>
   <si>
     <t>Степановна Андрій Федорович</t>
   </si>
   <si>
     <t>Тимчишак Василь Іванович</t>
   </si>
   <si>
     <t>Цехмейстер Руслан Костянтинович</t>
   </si>
   <si>
+    <t>Яворський Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Малащак Михайло Володимирович</t>
+  </si>
+  <si>
+    <t>Пономаренко Наталія Анатоліївна</t>
+  </si>
+  <si>
+    <t>Савченко Олена Григорівна</t>
+  </si>
+  <si>
     <t>Кульчинський Андрій Богданович</t>
-  </si>
-[...10 lines deleted...]
-    <t>Савченко Олена Григорівна</t>
   </si>
   <si>
     <t>23.07.19  11:43:35</t>
   </si>
   <si>
     <t>В цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>Проти: 1</t>
   </si>
   <si>
     <t>Утримались: 0</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
   <si>
     <t>Проти</t>
   </si>
@@ -262,52 +262,52 @@
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
     <col min="25" max="25" width="15"/>
     <col min="26" max="26" width="15"/>
     <col min="27" max="27" width="15"/>
     <col min="28" max="28" width="15"/>
     <col min="29" max="29" width="15"/>
     <col min="30" max="30" width="15"/>
     <col min="31" max="31" width="15"/>
     <col min="32" max="32" width="15"/>
     <col min="33" max="33" width="15"/>
-    <col min="34" max="34" width="60"/>
-    <col min="35" max="35" width="49"/>
+    <col min="34" max="34" width="49"/>
+    <col min="35" max="35" width="59"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="2">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="3">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="2">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="2">
         <v>3</v>
       </c>
       <c r="E1"/>
       <c r="F1" t="s" s="2">
         <v>4</v>
       </c>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1" t="s" s="3">
         <v>5</v>
       </c>
       <c r="J1" t="s" s="3">
@@ -440,81 +440,81 @@
       <c r="P2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="Q2" t="s" s="5">
         <v>41</v>
       </c>
       <c r="R2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="S2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="T2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="U2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="V2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="W2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="X2" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="Y2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="Z2" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AA2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AB2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AC2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>40</v>
       </c>
       <c r="AF2" t="s" s="5">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>38</v>
       </c>
       <c r="AH2" t="s" s="5">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3"/>
       <c r="B3"/>
       <c r="C3"/>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>42</v>
       </c>
       <c r="J3" t="s">
         <v>42</v>
       </c>
       <c r="K3" t="s">
         <v>42</v>
       </c>
       <c r="L3" t="s">
         <v>43</v>
@@ -531,81 +531,81 @@
       <c r="P3" t="s">
         <v>43</v>
       </c>
       <c r="Q3" t="s">
         <v>42</v>
       </c>
       <c r="R3" t="s">
         <v>43</v>
       </c>
       <c r="S3" t="s">
         <v>43</v>
       </c>
       <c r="T3" t="s">
         <v>43</v>
       </c>
       <c r="U3" t="s">
         <v>42</v>
       </c>
       <c r="V3" t="s">
         <v>43</v>
       </c>
       <c r="W3" t="s">
         <v>43</v>
       </c>
       <c r="X3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="Y3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="Z3" t="s">
         <v>42</v>
       </c>
       <c r="AA3" t="s">
         <v>43</v>
       </c>
       <c r="AB3" t="s">
         <v>43</v>
       </c>
       <c r="AC3" t="s">
         <v>43</v>
       </c>
       <c r="AD3" t="s">
         <v>43</v>
       </c>
       <c r="AE3" t="s">
         <v>43</v>
       </c>
       <c r="AF3" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="AG3" t="s">
         <v>42</v>
       </c>
       <c r="AH3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="AI3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4"/>
       <c r="B4"/>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>44</v>
       </c>
       <c r="J4" t="s">
         <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>44</v>
       </c>
       <c r="L4" t="s">
         <v>44</v>
@@ -895,81 +895,81 @@
       <c r="P7" t="s">
         <v>49</v>
       </c>
       <c r="Q7" t="s">
         <v>49</v>
       </c>
       <c r="R7" t="s">
         <v>49</v>
       </c>
       <c r="S7" t="s">
         <v>49</v>
       </c>
       <c r="T7" t="s">
         <v>49</v>
       </c>
       <c r="U7" t="s">
         <v>48</v>
       </c>
       <c r="V7" t="s">
         <v>49</v>
       </c>
       <c r="W7" t="s">
         <v>49</v>
       </c>
       <c r="X7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="Y7" t="s">
+        <v>49</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>49</v>
+      </c>
+      <c r="AF7" t="s">
         <v>48</v>
-      </c>
-[...19 lines deleted...]
-        <v>49</v>
       </c>
       <c r="AG7" t="s">
         <v>48</v>
       </c>
       <c r="AH7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="AI7" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>